--- v0 (2025-11-05)
+++ v1 (2026-03-13)
@@ -105,51 +105,51 @@
   <si>
     <t>5024365</t>
   </si>
   <si>
     <t>Switch</t>
   </si>
   <si>
     <t>Original parts from Alo with the best fit and high quality, extends the life of your front loader. Make it easy with the right part for Quicke or Trima loader</t>
   </si>
   <si>
     <t>0.015</t>
   </si>
   <si>
     <t>A 294813</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>5024366</t>
   </si>
   <si>
     <t>Boot</t>
   </si>
   <si>
-    <t>0.005</t>
+    <t>0.000</t>
   </si>
   <si>
     <t>A 294814</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>4500354</t>
   </si>
   <si>
     <t>0.014</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>4500355</t>
   </si>
   <si>
     <t>Gaitor</t>
   </si>
   <si>
     <t>0.003</t>
   </si>