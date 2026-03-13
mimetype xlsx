--- v0 (2025-10-18)
+++ v1 (2026-03-13)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="105">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
     <t>Specification</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>1 PCS</t>
   </si>
   <si>
@@ -111,62 +111,62 @@
   <si>
     <t>Replaces 5101068</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>10570138</t>
   </si>
   <si>
     <t>Cover</t>
   </si>
   <si>
     <t>0.080</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>5101096</t>
   </si>
   <si>
     <t>Cap</t>
   </si>
   <si>
+    <t>0.050</t>
+  </si>
+  <si>
     <t>7</t>
   </si>
   <si>
     <t>5028088</t>
   </si>
   <si>
     <t>Adapter cpl.</t>
   </si>
   <si>
-    <t>0.050</t>
-[...1 lines deleted...]
-  <si>
     <t>8</t>
   </si>
   <si>
     <t>10570092</t>
   </si>
   <si>
     <t>Solenoid</t>
   </si>
   <si>
     <t>0.185</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10570187</t>
   </si>
   <si>
     <t>Cap RH</t>
   </si>
   <si>
     <t>0.319</t>
   </si>
   <si>
     <t>(10570084)</t>
@@ -196,50 +196,53 @@
     <t>0.070</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>10570180</t>
   </si>
   <si>
     <t>Servo top</t>
   </si>
   <si>
     <t>2.900</t>
   </si>
   <si>
     <t>Replaces 10570085</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>10570068</t>
   </si>
   <si>
     <t>Pressure relief valve</t>
+  </si>
+  <si>
+    <t>0.116</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>10570071</t>
   </si>
   <si>
     <t>Check valve cpl.</t>
   </si>
   <si>
     <t>0.035</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>10570086</t>
   </si>
   <si>
     <t>Spool control</t>
   </si>
   <si>
     <t>18</t>
   </si>
@@ -517,68 +520,68 @@
       </c>
       <c r="C7" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" s="0" t="s">
         <v>35</v>
-      </c>
-[...10 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>10</v>
@@ -645,236 +648,236 @@
       </c>
       <c r="D14" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>