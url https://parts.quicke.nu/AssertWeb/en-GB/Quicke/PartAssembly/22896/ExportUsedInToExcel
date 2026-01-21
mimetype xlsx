--- v0 (2025-10-22)
+++ v1 (2026-01-21)
@@ -993,678 +993,678 @@
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>2011Q8</t>
+  </si>
+  <si>
+    <t>Q20 US</t>
+  </si>
+  <si>
+    <t>2013Q8</t>
+  </si>
+  <si>
+    <t>Q20 DS</t>
+  </si>
+  <si>
+    <t>2014Q8</t>
+  </si>
+  <si>
+    <t>Q20 DM</t>
+  </si>
+  <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5116T8</t>
+  </si>
+  <si>
+    <t>+4.1 DM ext.</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>5534Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
+    <t>6612Q8</t>
+  </si>
+  <si>
+    <t>Q66 UM</t>
+  </si>
+  <si>
+    <t>6614Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM</t>
+  </si>
+  <si>
+    <t>6616Q8</t>
+  </si>
+  <si>
+    <t>Q66 DM ext.</t>
+  </si>
+  <si>
+    <t>6814Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM</t>
+  </si>
+  <si>
+    <t>6816Q8</t>
+  </si>
+  <si>
+    <t>Q68 DM ext.</t>
+  </si>
+  <si>
+    <t>6854Q8</t>
+  </si>
+  <si>
+    <t>6856Q8</t>
+  </si>
+  <si>
+    <t>7612Q8</t>
+  </si>
+  <si>
+    <t>Q76 UM</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...22 lines deleted...]
-  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3011Q8</t>
-[...74 lines deleted...]
-    <t>Q50 US</t>
+    <t>4511Q8</t>
+  </si>
+  <si>
+    <t>Q45 US</t>
+  </si>
+  <si>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...14 lines deleted...]
-    <t>6046Q8</t>
+    <t>7512Q8</t>
+  </si>
+  <si>
+    <t>Q75 UM</t>
+  </si>
+  <si>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
   </si>
   <si>
     <t>Q85x DL</t>
   </si>
   <si>
-    <t>5116T8</t>
-[...286 lines deleted...]
-  <si>
     <t>8753Q8</t>
   </si>
   <si>
+    <t>101268</t>
+  </si>
+  <si>
+    <t>Q6M DL</t>
+  </si>
+  <si>
     <t>101286</t>
   </si>
   <si>
     <t>Q8S DL</t>
   </si>
   <si>
+    <t>101D96</t>
+  </si>
+  <si>
+    <t>Q9S DXL</t>
+  </si>
+  <si>
     <t>101288</t>
   </si>
   <si>
     <t>Q8M DL</t>
   </si>
   <si>
-    <t>101D96</t>
-[...4 lines deleted...]
-  <si>
     <t>101179</t>
   </si>
   <si>
     <t>Q7L DM</t>
   </si>
   <si>
     <t>101178</t>
   </si>
   <si>
     <t>Q7M DM</t>
   </si>
   <si>
     <t>101176</t>
   </si>
   <si>
     <t>Q7S DM</t>
   </si>
   <si>
     <t>101169</t>
   </si>
   <si>
     <t>Q6L DM</t>
   </si>
   <si>
     <t>101168</t>
   </si>
   <si>
     <t>Q6M DM</t>
   </si>
   <si>
-    <t>101268</t>
-[...4 lines deleted...]
-  <si>
     <t>101166</t>
   </si>
   <si>
     <t>Q6S DM</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>Q5L DM</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>Q5M DM</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>Q5S DM</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>Q4L DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
     <t>Q4M DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
     <t>Q4S DM</t>
-  </si>
-[...28 lines deleted...]
-    <t>Q3 DM</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
     <t>110158</t>
   </si>
   <si>
     <t>110156</t>
   </si>
@@ -3755,117 +3755,117 @@
         <v>331</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>332</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>334</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
         <v>347</v>
       </c>
       <c r="B191" s="0" t="s">
         <v>348</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B192" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>62</v>
@@ -3887,942 +3887,942 @@
         <v>353</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>354</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>355</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>356</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
         <v>357</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B197" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="B198" s="0" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="B199" s="0" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B202" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
         <v>369</v>
       </c>
       <c r="B203" s="0" t="s">
         <v>370</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
         <v>371</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B206" s="0" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="B207" s="0" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B208" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B209" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B211" s="0" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="B212" s="0" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B213" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
         <v>388</v>
       </c>
       <c r="B214" s="0" t="s">
         <v>389</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
         <v>390</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>391</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
         <v>398</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B221" s="0" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="B222" s="0" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B223" s="0" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
         <v>405</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>407</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="B233" s="0" t="s">
         <v>418</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="B236" s="0" t="s">
         <v>423</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="B237" s="0" t="s">
         <v>425</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="B254" s="0" t="s">
         <v>454</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="B260" s="0" t="s">
         <v>464</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="B264" s="0" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C268" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="B270" s="0" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
         <v>482</v>
       </c>
       <c r="B271" s="0" t="s">
         <v>483</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
         <v>484</v>
       </c>
       <c r="B272" s="0" t="s">
         <v>485</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
         <v>486</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="B274" s="0" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
         <v>489</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="B276" s="0" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
         <v>492</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>395</v>
+        <v>491</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
         <v>493</v>
       </c>
       <c r="B278" s="0" t="s">
         <v>494</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
         <v>495</v>
       </c>
       <c r="B279" s="0" t="s">
         <v>496</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>62</v>
@@ -5042,84 +5042,84 @@
         <v>535</v>
       </c>
       <c r="B299" s="0" t="s">
         <v>536</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
         <v>537</v>
       </c>
       <c r="B300" s="0" t="s">
         <v>538</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
         <v>539</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
         <v>540</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
         <v>541</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
         <v>542</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
         <v>543</v>
       </c>
       <c r="B305" s="0" t="s">
         <v>512</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
         <v>544</v>
       </c>
       <c r="B306" s="0" t="s">
         <v>516</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>62</v>
@@ -5152,773 +5152,773 @@
         <v>547</v>
       </c>
       <c r="B309" s="0" t="s">
         <v>524</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
         <v>548</v>
       </c>
       <c r="B310" s="0" t="s">
         <v>526</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
         <v>549</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
         <v>550</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
         <v>551</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
         <v>552</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="315">
       <c r="B315" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="316">
       <c r="B316" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="317">
       <c r="B317" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="318">
       <c r="B318" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>533</v>
+        <v>551</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>552</v>
+        <v>529</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>525</v>
+        <v>548</v>
       </c>
       <c r="B326" s="0" t="s">
         <v>526</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>527</v>
+        <v>550</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>549</v>
+        <v>525</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>550</v>
+        <v>537</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>507</v>
+        <v>542</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>543</v>
+        <v>511</v>
       </c>
       <c r="B336" s="0" t="s">
         <v>512</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
         <v>513</v>
       </c>
       <c r="B337" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>510</v>
+        <v>494</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>501</v>
+        <v>539</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C339" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="C340" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>503</v>
+        <v>541</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="C341" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>540</v>
+        <v>503</v>
       </c>
       <c r="B342" s="0" t="s">
         <v>504</v>
       </c>
       <c r="C342" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
         <v>505</v>
       </c>
       <c r="B343" s="0" t="s">
         <v>506</v>
       </c>
       <c r="C343" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>541</v>
+        <v>507</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C344" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>493</v>
+        <v>556</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="C345" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
         <v>495</v>
       </c>
       <c r="B346" s="0" t="s">
         <v>496</v>
       </c>
       <c r="C346" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>556</v>
+        <v>499</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="C347" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>533</v>
+        <v>551</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="C348" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="C349" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="C350" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>552</v>
+        <v>529</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>525</v>
+        <v>548</v>
       </c>
       <c r="B353" s="0" t="s">
         <v>526</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>527</v>
+        <v>550</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>549</v>
+        <v>525</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="C358" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>550</v>
+        <v>537</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="C359" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>507</v>
+        <v>542</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C360" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="C361" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="C362" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>543</v>
+        <v>511</v>
       </c>
       <c r="B363" s="0" t="s">
         <v>512</v>
       </c>
       <c r="C363" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
         <v>513</v>
       </c>
       <c r="B364" s="0" t="s">
         <v>514</v>
       </c>
       <c r="C364" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>510</v>
+        <v>494</v>
       </c>
       <c r="C365" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>501</v>
+        <v>539</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C366" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="C367" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>503</v>
+        <v>541</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="C368" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>540</v>
+        <v>503</v>
       </c>
       <c r="B369" s="0" t="s">
         <v>504</v>
       </c>
       <c r="C369" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
         <v>505</v>
       </c>
       <c r="B370" s="0" t="s">
         <v>506</v>
       </c>
       <c r="C370" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>541</v>
+        <v>507</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C371" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>493</v>
+        <v>556</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="C372" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
         <v>495</v>
       </c>
       <c r="B373" s="0" t="s">
         <v>496</v>
       </c>
       <c r="C373" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>556</v>
+        <v>499</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="C374" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>515</v>
+        <v>544</v>
       </c>
       <c r="B375" s="0" t="s">
         <v>516</v>
       </c>
       <c r="C375" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>544</v>
+        <v>515</v>
       </c>
       <c r="B376" s="0" t="s">
         <v>516</v>
       </c>
       <c r="C376" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>515</v>
+        <v>544</v>
       </c>
       <c r="B377" s="0" t="s">
         <v>516</v>
       </c>
       <c r="C377" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>544</v>
+        <v>515</v>
       </c>
       <c r="B378" s="0" t="s">
         <v>516</v>
       </c>
       <c r="C378" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="379">
       <c r="B379" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C379" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B380" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C380" s="0" t="s">
         <v>5</v>
@@ -7898,117 +7898,117 @@
         <v>331</v>
       </c>
       <c r="B560" s="0" t="s">
         <v>332</v>
       </c>
       <c r="C560" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B561" s="0" t="s">
         <v>334</v>
       </c>
       <c r="C561" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="C562" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C563" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C564" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B565" s="0" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C565" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B566" s="0" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C566" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C567" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C568" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
         <v>347</v>
       </c>
       <c r="B569" s="0" t="s">
         <v>348</v>
       </c>
       <c r="C569" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B570" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C570" s="0" t="s">
         <v>62</v>
@@ -8030,942 +8030,942 @@
         <v>353</v>
       </c>
       <c r="B572" s="0" t="s">
         <v>354</v>
       </c>
       <c r="C572" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
         <v>355</v>
       </c>
       <c r="B573" s="0" t="s">
         <v>356</v>
       </c>
       <c r="C573" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
         <v>357</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C574" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B575" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="C575" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="B576" s="0" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="C576" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
+        <v>362</v>
+      </c>
+      <c r="B577" s="0" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="C577" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="C578" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B579" s="0" t="s">
         <v>366</v>
       </c>
       <c r="C579" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
         <v>367</v>
       </c>
       <c r="B580" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C580" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
         <v>369</v>
       </c>
       <c r="B581" s="0" t="s">
         <v>370</v>
       </c>
       <c r="C581" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
         <v>371</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C582" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="C583" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="B584" s="0" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="C584" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="B585" s="0" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
       <c r="C585" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="B586" s="0" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="C586" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="B587" s="0" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
       <c r="C587" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="C588" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B589" s="0" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="C589" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="B590" s="0" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="C590" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B591" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="C591" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
         <v>388</v>
       </c>
       <c r="B592" s="0" t="s">
         <v>389</v>
       </c>
       <c r="C592" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
         <v>390</v>
       </c>
       <c r="B593" s="0" t="s">
         <v>391</v>
       </c>
       <c r="C593" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="C594" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C595" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B596" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C596" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B597" s="0" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="C597" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
         <v>398</v>
       </c>
       <c r="B598" s="0" t="s">
-        <v>399</v>
+        <v>391</v>
       </c>
       <c r="C598" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B599" s="0" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="C599" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="B600" s="0" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="C600" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B601" s="0" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="C601" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
         <v>405</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="C602" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="C603" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
         <v>407</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="C604" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="0" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="C605" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="C606" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="B607" s="0" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="C607" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="B608" s="0" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C608" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="B609" s="0" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="C609" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="B610" s="0" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C610" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="B611" s="0" t="s">
         <v>418</v>
       </c>
       <c r="C611" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="C612" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="C613" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="B614" s="0" t="s">
         <v>423</v>
       </c>
       <c r="C614" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="B615" s="0" t="s">
         <v>425</v>
       </c>
       <c r="C615" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="C616" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="C617" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="C618" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="C619" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="C620" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="C621" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="C622" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="C623" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="C624" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="C625" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="C626" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="C627" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="C628" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="C629" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="C630" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="C631" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="B632" s="0" t="s">
         <v>454</v>
       </c>
       <c r="C632" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C633" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="C634" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="C635" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="C636" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="C637" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="B638" s="0" t="s">
         <v>464</v>
       </c>
       <c r="C638" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="C639" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C640" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="C641" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
+        <v>471</v>
+      </c>
+      <c r="B642" s="0" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
       <c r="C642" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="C643" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="C644" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C645" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C646" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="C647" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="B648" s="0" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="C648" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
         <v>482</v>
       </c>
       <c r="B649" s="0" t="s">
         <v>483</v>
       </c>
       <c r="C649" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
         <v>484</v>
       </c>
       <c r="B650" s="0" t="s">
         <v>485</v>
       </c>
       <c r="C650" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
         <v>486</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="C651" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="B652" s="0" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
       <c r="C652" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
         <v>489</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="C653" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="B654" s="0" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="C654" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
         <v>492</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>395</v>
+        <v>491</v>
       </c>
       <c r="C655" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
         <v>493</v>
       </c>
       <c r="B656" s="0" t="s">
         <v>494</v>
       </c>
       <c r="C656" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
         <v>495</v>
       </c>
       <c r="B657" s="0" t="s">
         <v>496</v>
       </c>
       <c r="C657" s="0" t="s">
         <v>62</v>
@@ -9185,84 +9185,84 @@
         <v>535</v>
       </c>
       <c r="B677" s="0" t="s">
         <v>536</v>
       </c>
       <c r="C677" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
         <v>537</v>
       </c>
       <c r="B678" s="0" t="s">
         <v>538</v>
       </c>
       <c r="C678" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
         <v>539</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C679" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
         <v>540</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C680" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
         <v>541</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C681" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
         <v>542</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C682" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
         <v>543</v>
       </c>
       <c r="B683" s="0" t="s">
         <v>512</v>
       </c>
       <c r="C683" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
         <v>544</v>
       </c>
       <c r="B684" s="0" t="s">
         <v>516</v>
       </c>
       <c r="C684" s="0" t="s">
         <v>62</v>
@@ -9295,251 +9295,251 @@
         <v>547</v>
       </c>
       <c r="B687" s="0" t="s">
         <v>524</v>
       </c>
       <c r="C687" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
         <v>548</v>
       </c>
       <c r="B688" s="0" t="s">
         <v>526</v>
       </c>
       <c r="C688" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
         <v>549</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="C689" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
         <v>550</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C690" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
         <v>551</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="C691" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
         <v>552</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="C692" s="0" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="693">
       <c r="B693" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C693" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="694">
       <c r="B694" s="0" t="s">
         <v>553</v>
       </c>
       <c r="C694" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>517</v>
+        <v>545</v>
       </c>
       <c r="B695" s="0" t="s">
         <v>518</v>
       </c>
       <c r="C695" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C696" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>519</v>
+        <v>547</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C697" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>546</v>
+        <v>517</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C698" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="C699" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="C700" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>547</v>
+        <v>523</v>
       </c>
       <c r="B701" s="0" t="s">
         <v>524</v>
       </c>
       <c r="C701" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
-        <v>517</v>
+        <v>545</v>
       </c>
       <c r="B702" s="0" t="s">
         <v>518</v>
       </c>
       <c r="C702" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C703" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>519</v>
+        <v>547</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C704" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>546</v>
+        <v>517</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="C705" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="C706" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="B707" s="0" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="C707" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>547</v>
+        <v>523</v>
       </c>
       <c r="B708" s="0" t="s">
         <v>524</v>
       </c>
       <c r="C708" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B709" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C709" s="0" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B710" s="0" t="s">
         <v>22</v>