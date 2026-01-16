--- v0 (2025-10-18)
+++ v1 (2026-01-16)
@@ -63,51 +63,51 @@
   <si>
     <t>34.3</t>
   </si>
   <si>
     <t>Glossy Black</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>12716710-1</t>
   </si>
   <si>
     <t>Cylinder RH</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2 PCS</t>
   </si>
   <si>
     <t>12720210-1</t>
   </si>
   <si>
-    <t>Cylinder</t>
+    <t>Tilt Cylinder</t>
   </si>
   <si>
     <t>43.6</t>
   </si>
   <si>
     <t>7324780</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -127,51 +127,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="11.9165096282959" customWidth="1"/>
-    <col min="4" max="4" width="11.628005027771" customWidth="1"/>
+    <col min="4" max="4" width="11.8776330947876" customWidth="1"/>
     <col min="5" max="5" width="12.1559066772461" customWidth="1"/>
     <col min="6" max="6" width="11.4540843963623" customWidth="1"/>
     <col min="7" max="7" width="18.4528751373291" customWidth="1"/>
     <col min="8" max="8" width="12.6091241836548" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>