--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -4,113 +4,122 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>Bale Handling</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
+    <t>Buckets</t>
+  </si>
+  <si>
     <t>Manure &amp; Silage Implements</t>
   </si>
   <si>
-    <t>Buckets</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Silograb XL 230/ </t>
   </si>
   <si>
     <t xml:space="preserve">Silograb XL 250/ </t>
   </si>
   <si>
     <t xml:space="preserve">Flexigrip 160/ </t>
   </si>
   <si>
     <t xml:space="preserve">Flexigrip 200/ </t>
   </si>
   <si>
     <t xml:space="preserve">Flexigrip 120/ </t>
   </si>
   <si>
     <t xml:space="preserve">230XL/ </t>
   </si>
   <si>
     <t xml:space="preserve">250XL/ </t>
   </si>
   <si>
     <t xml:space="preserve">XH M+ 160/ </t>
   </si>
   <si>
     <t xml:space="preserve">XH M+ 180/ </t>
   </si>
   <si>
     <t xml:space="preserve">XH M+ 200/ </t>
   </si>
   <si>
     <t xml:space="preserve">XH M+ 220/ </t>
   </si>
   <si>
     <t xml:space="preserve">XH M+ 240/ </t>
   </si>
   <si>
     <t xml:space="preserve">XH M+ 260/ </t>
   </si>
   <si>
-    <t xml:space="preserve">Multibenne L+/ </t>
+    <t xml:space="preserve">Multibenne L+ 200/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Multibenne L+ 220/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Multibenne L+ 240/ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Multibenne L+ 260/ </t>
   </si>
   <si>
     <t xml:space="preserve">Multifork L+/ </t>
   </si>
   <si>
     <t xml:space="preserve">Multigrab L+ 200/ </t>
   </si>
   <si>
     <t xml:space="preserve">Multigrab L+ 220/ </t>
   </si>
   <si>
     <t xml:space="preserve">Multigrab L+ 240/ </t>
   </si>
   <si>
     <t xml:space="preserve">Multigrab L+ 260/ </t>
   </si>
   <si>
     <t xml:space="preserve">200/ </t>
   </si>
   <si>
     <t xml:space="preserve">220/ </t>
   </si>
   <si>
     <t xml:space="preserve">240/ </t>
   </si>
@@ -150,51 +159,51 @@
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:C283"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.3395004272461" customWidth="1"/>
     <col min="2" max="2" width="26.8952083587646" customWidth="1"/>
-    <col min="3" max="3" width="17.1136817932129" customWidth="1"/>
+    <col min="3" max="3" width="18.7280788421631" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="B3" s="0" t="s">
         <v>3</v>
       </c>
@@ -350,123 +359,123 @@
       <c r="B22" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="B23" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="B24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="B25" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="B26" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="B27" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="B28" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="B29" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="B30" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="B31" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="B32" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="B33" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="B34" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="B35" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="B36" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="B37" s="0" t="s">
         <v>6</v>
       </c>
@@ -542,75 +551,75 @@
       <c r="B46" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="B47" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="B48" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="49">
       <c r="B49" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="50">
       <c r="B50" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="51">
       <c r="B51" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="52">
       <c r="B52" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="53">
       <c r="B53" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54">
       <c r="B54" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="B55" s="0" t="s">
         <v>3</v>
       </c>
@@ -638,326 +647,326 @@
       <c r="B58" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59">
       <c r="B59" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60">
       <c r="B60" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="B61" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62">
       <c r="B62" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="63">
       <c r="B63" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="64">
       <c r="B64" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="B65" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="66">
       <c r="B66" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="67">
       <c r="B67" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68">
       <c r="B68" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69">
       <c r="B69" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="70">
       <c r="B70" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="71">
       <c r="B71" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72">
       <c r="B72" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73">
       <c r="B73" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74">
       <c r="B74" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75">
       <c r="B75" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="76">
       <c r="B76" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="77">
       <c r="B77" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="78">
       <c r="B78" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79">
       <c r="B79" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80">
       <c r="B80" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81">
       <c r="B81" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="82">
       <c r="B82" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="83">
       <c r="B83" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="84">
       <c r="B84" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="85">
       <c r="B85" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="86">
       <c r="B86" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87">
       <c r="B87" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88">
       <c r="B88" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="89">
       <c r="B89" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="90">
       <c r="B90" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="91">
       <c r="B91" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="92">
       <c r="B92" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="93">
       <c r="B93" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="94">
       <c r="B94" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="95">
       <c r="B95" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="96">
       <c r="C96" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="97">
       <c r="C97" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="98">
       <c r="C98" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="99">
       <c r="C99" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="100">
       <c r="C100" s="0" t="s">
         <v>4</v>
@@ -1337,123 +1346,123 @@
       <c r="B163" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="164">
       <c r="B164" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="165">
       <c r="B165" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="166">
       <c r="B166" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="167">
       <c r="B167" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="168">
       <c r="B168" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="169">
       <c r="B169" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="170">
       <c r="B170" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="171">
       <c r="B171" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="172">
       <c r="B172" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="173">
       <c r="B173" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="174">
       <c r="B174" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="175">
       <c r="B175" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="176">
       <c r="B176" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="177">
       <c r="B177" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="178">
       <c r="B178" s="0" t="s">
         <v>6</v>
       </c>
@@ -1529,75 +1538,75 @@
       <c r="B187" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="188">
       <c r="B188" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="189">
       <c r="B189" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="190">
       <c r="B190" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="191">
       <c r="B191" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="192">
       <c r="B192" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="193">
       <c r="B193" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="194">
       <c r="B194" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="195">
       <c r="B195" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="B196" s="0" t="s">
         <v>3</v>
       </c>
@@ -1625,326 +1634,326 @@
       <c r="B199" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="200">
       <c r="B200" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="201">
       <c r="B201" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="B202" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="203">
       <c r="B203" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="204">
       <c r="B204" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="205">
       <c r="B205" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="B206" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="207">
       <c r="B207" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="208">
       <c r="B208" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="209">
       <c r="B209" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="210">
       <c r="B210" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="211">
       <c r="B211" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="212">
       <c r="B212" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="213">
       <c r="B213" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="214">
       <c r="B214" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="215">
       <c r="B215" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216">
       <c r="B216" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="217">
       <c r="B217" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="218">
       <c r="B218" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="219">
       <c r="B219" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="220">
       <c r="B220" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="221">
       <c r="B221" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="222">
       <c r="B222" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="223">
       <c r="B223" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="224">
       <c r="B224" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="225">
       <c r="B225" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="226">
       <c r="B226" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="227">
       <c r="B227" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="228">
       <c r="B228" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="229">
       <c r="B229" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="230">
       <c r="B230" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="231">
       <c r="B231" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="232">
       <c r="B232" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="233">
       <c r="B233" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="234">
       <c r="B234" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="235">
       <c r="B235" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="236">
       <c r="B236" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="237">
       <c r="C237" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="238">
       <c r="C238" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="239">
       <c r="C239" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="240">
       <c r="C240" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="241">
       <c r="C241" s="0" t="s">
         <v>4</v>