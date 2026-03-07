--- v1 (2025-12-28)
+++ v2 (2026-03-07)
@@ -15,60 +15,60 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
+    <t>Manure &amp; Silage Implements</t>
+  </si>
+  <si>
+    <t xml:space="preserve">/ </t>
+  </si>
+  <si>
+    <t>Buckets</t>
+  </si>
+  <si>
     <t>Bale Handling</t>
-  </si>
-[...7 lines deleted...]
-    <t>Manure &amp; Silage Implements</t>
   </si>
   <si>
     <t xml:space="preserve">Silograb XL 230/ </t>
   </si>
   <si>
     <t xml:space="preserve">Silograb XL 250/ </t>
   </si>
   <si>
     <t xml:space="preserve">Flexigrip 160/ </t>
   </si>
   <si>
     <t xml:space="preserve">Flexigrip 200/ </t>
   </si>
   <si>
     <t xml:space="preserve">Flexigrip 120/ </t>
   </si>
   <si>
     <t xml:space="preserve">230XL/ </t>
   </si>
   <si>
     <t xml:space="preserve">250XL/ </t>
   </si>
   <si>
     <t xml:space="preserve">XH M+ 160/ </t>
   </si>
@@ -247,275 +247,275 @@
       <c r="B8" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="B9" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="B10" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="B13" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="B14" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="B15" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="B16" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="B17" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="B18" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="B19" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="B20" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="B21" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="B22" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="B23" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="B24" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="B25" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="B26" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="B27" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="B28" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="B29" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="B30" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="B31" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="B32" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="B33" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="B34" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="B35" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="B36" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="B37" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="B38" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="B39" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="40">
       <c r="B40" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="B41" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="B42" s="0" t="s">
         <v>6</v>
       </c>
@@ -551,171 +551,171 @@
       <c r="B46" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="B47" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="B48" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="49">
       <c r="B49" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="50">
       <c r="B50" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="51">
       <c r="B51" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="52">
       <c r="B52" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="53">
       <c r="B53" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="54">
       <c r="B54" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="B55" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56">
       <c r="B56" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="57">
       <c r="B57" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="58">
       <c r="B58" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="59">
       <c r="B59" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60">
       <c r="B60" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="B61" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62">
       <c r="B62" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="63">
       <c r="B63" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="64">
       <c r="B64" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="B65" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="66">
       <c r="B66" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="67">
       <c r="B67" s="0" t="s">
         <v>5</v>
       </c>
@@ -759,211 +759,211 @@
       <c r="B72" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73">
       <c r="B73" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74">
       <c r="B74" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75">
       <c r="B75" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="76">
       <c r="B76" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="77">
       <c r="B77" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="78">
       <c r="B78" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79">
       <c r="B79" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80">
       <c r="B80" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81">
       <c r="B81" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="82">
       <c r="B82" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="83">
       <c r="B83" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="84">
       <c r="B84" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85">
       <c r="B85" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86">
       <c r="B86" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87">
       <c r="B87" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88">
       <c r="B88" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89">
       <c r="B89" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="90">
       <c r="B90" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="91">
       <c r="B91" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="92">
       <c r="B92" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="93">
       <c r="B93" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="94">
       <c r="B94" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="95">
       <c r="B95" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="96">
       <c r="C96" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="97">
       <c r="C97" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="98">
       <c r="C98" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="99">
       <c r="C99" s="0" t="s">
         <v>4</v>
       </c>
     </row>
@@ -1234,275 +1234,275 @@
       <c r="B149" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="150">
       <c r="B150" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="151">
       <c r="B151" s="0" t="s">
         <v>3</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="152">
       <c r="B152" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="153">
       <c r="B153" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="154">
       <c r="B154" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="155">
       <c r="B155" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="156">
       <c r="B156" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="157">
       <c r="B157" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="158">
       <c r="B158" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="159">
       <c r="B159" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="160">
       <c r="B160" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="161">
       <c r="B161" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="162">
       <c r="B162" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="163">
       <c r="B163" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="164">
       <c r="B164" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="165">
       <c r="B165" s="0" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="166">
       <c r="B166" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="167">
       <c r="B167" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="168">
       <c r="B168" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="169">
       <c r="B169" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="170">
       <c r="B170" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="171">
       <c r="B171" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="172">
       <c r="B172" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="173">
       <c r="B173" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="174">
       <c r="B174" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="175">
       <c r="B175" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="176">
       <c r="B176" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="177">
       <c r="B177" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="178">
       <c r="B178" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="179">
       <c r="B179" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="180">
       <c r="B180" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="181">
       <c r="B181" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="182">
       <c r="B182" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="183">
       <c r="B183" s="0" t="s">
         <v>6</v>
       </c>
@@ -1538,171 +1538,171 @@
       <c r="B187" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="188">
       <c r="B188" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="189">
       <c r="B189" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="190">
       <c r="B190" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="191">
       <c r="B191" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="192">
       <c r="B192" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="193">
       <c r="B193" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="194">
       <c r="B194" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="195">
       <c r="B195" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="B196" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="197">
       <c r="B197" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="198">
       <c r="B198" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="199">
       <c r="B199" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="200">
       <c r="B200" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="201">
       <c r="B201" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="B202" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="203">
       <c r="B203" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="204">
       <c r="B204" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="205">
       <c r="B205" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="B206" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="207">
       <c r="B207" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="208">
       <c r="B208" s="0" t="s">
         <v>5</v>
       </c>
@@ -1746,211 +1746,211 @@
       <c r="B213" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="214">
       <c r="B214" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="215">
       <c r="B215" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="216">
       <c r="B216" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="217">
       <c r="B217" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="218">
       <c r="B218" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="219">
       <c r="B219" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="220">
       <c r="B220" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="221">
       <c r="B221" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="222">
       <c r="B222" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="223">
       <c r="B223" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="224">
       <c r="B224" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="225">
       <c r="B225" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="226">
       <c r="B226" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="227">
       <c r="B227" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="228">
       <c r="B228" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="229">
       <c r="B229" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="230">
       <c r="B230" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="231">
       <c r="B231" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="232">
       <c r="B232" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="233">
       <c r="B233" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="234">
       <c r="B234" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="235">
       <c r="B235" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="236">
       <c r="B236" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="237">
       <c r="C237" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="238">
       <c r="C238" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="239">
       <c r="C239" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="240">
       <c r="C240" s="0" t="s">
         <v>4</v>
       </c>
     </row>