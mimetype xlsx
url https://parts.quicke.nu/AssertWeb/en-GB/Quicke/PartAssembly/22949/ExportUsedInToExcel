--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -97,51 +97,51 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C35"/>
+  <dimension ref="A1:C36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="11.3395004272461" customWidth="1"/>
     <col min="2" max="2" width="13.7733736038208" customWidth="1"/>
     <col min="3" max="3" width="45.9242210388184" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>3</v>
       </c>
@@ -160,73 +160,73 @@
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
@@ -241,73 +241,73 @@
         <v>7</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="C21" s="0" t="s">
         <v>5</v>
@@ -397,29 +397,34 @@
     <row r="31">
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
+    <row r="36">
+      <c r="C36" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>