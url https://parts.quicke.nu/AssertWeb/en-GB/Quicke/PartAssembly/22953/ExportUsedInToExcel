--- v0 (2025-10-18)
+++ v1 (2026-03-16)
@@ -84,114 +84,114 @@
   <si>
     <t>+5.1P DM ext.</t>
   </si>
   <si>
     <t>6814T8</t>
   </si>
   <si>
     <t>+5.3P DM</t>
   </si>
   <si>
     <t>6816T8</t>
   </si>
   <si>
     <t>+5.3P DM ext.</t>
   </si>
   <si>
     <t>6854T8</t>
   </si>
   <si>
     <t>6856T8</t>
   </si>
   <si>
     <t>Loader beam/6514_1 Loader beam</t>
   </si>
   <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
     <t>6612Q8</t>
   </si>
   <si>
     <t>Q66 UM</t>
   </si>
   <si>
     <t>6614Q8</t>
   </si>
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
   <si>
     <t>6816Q8</t>
   </si>
   <si>
     <t>Q68 DM ext.</t>
   </si>
   <si>
     <t>6854Q8</t>
   </si>
   <si>
     <t>6856Q8</t>
-  </si>
-[...28 lines deleted...]
-    <t>6564Q8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -429,233 +429,233 @@
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="38">
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="C42" s="0" t="s">
         <v>5</v>
@@ -722,469 +722,469 @@
         <v>28</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="94">
       <c r="C94" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95">
       <c r="C95" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="C96" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97">
       <c r="C97" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -1462,233 +1462,233 @@
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B140" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="151">
       <c r="C151" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152">
       <c r="C152" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153">
       <c r="C153" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154">
       <c r="C154" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155">
       <c r="C155" s="0" t="s">
         <v>5</v>