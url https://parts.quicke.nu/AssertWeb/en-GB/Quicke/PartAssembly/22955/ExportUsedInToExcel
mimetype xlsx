--- v0 (2025-10-30)
+++ v1 (2026-03-05)
@@ -177,84 +177,84 @@
         <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="C13" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="0" t="s">