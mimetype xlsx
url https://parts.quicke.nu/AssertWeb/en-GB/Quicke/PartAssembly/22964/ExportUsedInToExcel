--- v0 (2025-10-24)
+++ v1 (2025-12-23)
@@ -54,60 +54,60 @@
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>5116T8</t>
   </si>
   <si>
     <t>+4.1 DM ext.</t>
   </si>
   <si>
     <t>5154T8</t>
   </si>
   <si>
     <t>5014T8</t>
   </si>
   <si>
     <t>+4.0 DM</t>
   </si>
   <si>
     <t>Loader beam/5016_1 Loader beam</t>
   </si>
   <si>
     <t xml:space="preserve">Loader beam/ </t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q51 DM ext.</t>
   </si>
   <si>
     <t>5154Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -231,134 +231,134 @@
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="18">
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="19">
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="20">
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="21">
       <c r="C21" s="0" t="s">
         <v>8</v>
@@ -426,134 +426,134 @@
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="39">
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="40">
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="41">
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="42">
       <c r="C42" s="0" t="s">
         <v>8</v>
@@ -569,219 +569,219 @@
         <v>16</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62">
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="63">
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="64">
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="65">
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="66">
       <c r="C66" s="0" t="s">
         <v>8</v>