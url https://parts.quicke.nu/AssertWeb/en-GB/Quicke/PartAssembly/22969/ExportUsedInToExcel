--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -33,60 +33,60 @@
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>5111T8</t>
   </si>
   <si>
     <t>+4.1 US</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>5011T8</t>
   </si>
   <si>
     <t>+4.0 US</t>
   </si>
   <si>
     <t xml:space="preserve">Loader beam/ </t>
   </si>
   <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q50 US</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -218,65 +218,65 @@
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>5</v>