--- v0 (2025-11-02)
+++ v1 (2026-03-13)
@@ -1395,120 +1395,120 @@
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>66</v>
+        <v>36</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="82">
       <c r="C82" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="83">
       <c r="C83" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="84">
       <c r="C84" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="85">
       <c r="C85" s="0" t="s">
         <v>26</v>
       </c>
     </row>
@@ -2475,120 +2475,120 @@
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>66</v>
+        <v>36</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="202">
       <c r="C202" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="203">
       <c r="C203" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="204">
       <c r="C204" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="205">
       <c r="C205" s="0" t="s">
         <v>26</v>
       </c>
     </row>
@@ -3269,340 +3269,340 @@
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B287" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B288" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B289" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>167</v>
+        <v>99</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>164</v>
+        <v>100</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>157</v>
+        <v>101</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>158</v>
+        <v>102</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>133</v>
+        <v>145</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>137</v>
+        <v>103</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>138</v>
+        <v>104</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>141</v>
+        <v>109</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>142</v>
+        <v>110</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>145</v>
+        <v>121</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>103</v>
+        <v>135</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>104</v>
+        <v>136</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>109</v>
+        <v>163</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>110</v>
+        <v>164</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>115</v>
+        <v>165</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>116</v>
+        <v>166</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>139</v>
+        <v>129</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="316">
       <c r="C316" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="317">
       <c r="C317" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="318">
       <c r="C318" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="319">
       <c r="C319" s="0" t="s">
         <v>26</v>
       </c>
     </row>