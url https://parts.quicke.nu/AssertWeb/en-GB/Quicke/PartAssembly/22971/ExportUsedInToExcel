--- v0 (2025-11-02)
+++ v1 (2026-01-31)
@@ -1837,373 +1837,373 @@
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>25</v>
+        <v>119</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>118</v>
+        <v>89</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>101</v>
+        <v>32</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>31</v>
+        <v>110</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>32</v>
+        <v>111</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>116</v>
+        <v>80</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>113</v>
+        <v>81</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>117</v>
+        <v>82</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>115</v>
+        <v>83</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>98</v>
+        <v>14</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>14</v>
+        <v>92</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>77</v>
+        <v>30</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>77</v>
+        <v>109</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="128">
       <c r="C128" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="129">
       <c r="C129" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="130">
       <c r="C130" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="131">
       <c r="C131" s="0" t="s">
         <v>12</v>
       </c>
     </row>
@@ -3538,373 +3538,373 @@
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B285" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B286" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>28</v>
+        <v>118</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>25</v>
+        <v>119</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>118</v>
+        <v>89</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B294" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="B295" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>101</v>
+        <v>32</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>31</v>
+        <v>110</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>32</v>
+        <v>111</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>116</v>
+        <v>80</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>113</v>
+        <v>81</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>117</v>
+        <v>82</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>115</v>
+        <v>83</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>98</v>
+        <v>14</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>108</v>
+        <v>85</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>14</v>
+        <v>92</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>77</v>
+        <v>30</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>77</v>
+        <v>109</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="317">
       <c r="C317" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="318">
       <c r="C318" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="319">
       <c r="C319" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="320">
       <c r="C320" s="0" t="s">
         <v>12</v>
       </c>
     </row>
@@ -4920,758 +4920,758 @@
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B445" s="0" t="s">
         <v>231</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B446" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>135</v>
+        <v>222</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>136</v>
+        <v>223</v>
       </c>
       <c r="C447" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>224</v>
+        <v>140</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>225</v>
+        <v>141</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>226</v>
+        <v>146</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>227</v>
+        <v>143</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>230</v>
+        <v>139</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>231</v>
+        <v>136</v>
       </c>
       <c r="C452" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="C453" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>142</v>
+        <v>229</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>143</v>
+        <v>225</v>
       </c>
       <c r="C454" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>144</v>
+        <v>234</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>145</v>
+        <v>231</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>146</v>
+        <v>124</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
       <c r="C456" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>147</v>
+        <v>128</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>143</v>
+        <v>127</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="C458" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>228</v>
+        <v>182</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>225</v>
+        <v>183</v>
       </c>
       <c r="C459" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>229</v>
+        <v>129</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>225</v>
+        <v>130</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>234</v>
+        <v>190</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>231</v>
+        <v>191</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>137</v>
+        <v>194</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>138</v>
+        <v>193</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>124</v>
+        <v>155</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>125</v>
+        <v>156</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>128</v>
+        <v>195</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>127</v>
+        <v>196</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>148</v>
+        <v>199</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>149</v>
+        <v>198</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>152</v>
+        <v>204</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>153</v>
+        <v>201</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>182</v>
+        <v>202</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>183</v>
+        <v>203</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>129</v>
+        <v>200</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>130</v>
+        <v>201</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>190</v>
+        <v>171</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>193</v>
+        <v>160</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>131</v>
+        <v>161</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>132</v>
+        <v>162</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>194</v>
+        <v>165</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>193</v>
+        <v>166</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>208</v>
+        <v>167</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>209</v>
+        <v>164</v>
       </c>
       <c r="C474" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>186</v>
+        <v>168</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>187</v>
+        <v>169</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B479" s="0" t="s">
         <v>217</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>163</v>
+        <v>221</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>164</v>
+        <v>219</v>
       </c>
       <c r="C480" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C481" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C482" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>197</v>
+        <v>178</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>198</v>
+        <v>175</v>
       </c>
       <c r="C483" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>206</v>
+        <v>172</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>207</v>
+        <v>173</v>
       </c>
       <c r="C484" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>212</v>
+        <v>181</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>213</v>
+        <v>175</v>
       </c>
       <c r="C485" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>126</v>
+        <v>154</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>127</v>
+        <v>151</v>
       </c>
       <c r="C486" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>150</v>
+        <v>184</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>151</v>
+        <v>185</v>
       </c>
       <c r="C487" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>155</v>
+        <v>135</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="C488" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>195</v>
+        <v>224</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>196</v>
+        <v>225</v>
       </c>
       <c r="C489" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C490" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>204</v>
+        <v>188</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="C491" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>202</v>
+        <v>152</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>203</v>
+        <v>153</v>
       </c>
       <c r="C492" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>200</v>
+        <v>157</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>201</v>
+        <v>158</v>
       </c>
       <c r="C493" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>171</v>
+        <v>126</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>164</v>
+        <v>127</v>
       </c>
       <c r="C494" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>159</v>
+        <v>150</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="C495" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>161</v>
+        <v>192</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>162</v>
+        <v>193</v>
       </c>
       <c r="C496" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>165</v>
+        <v>131</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>166</v>
+        <v>132</v>
       </c>
       <c r="C497" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>167</v>
+        <v>197</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>164</v>
+        <v>198</v>
       </c>
       <c r="C498" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>168</v>
+        <v>137</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>169</v>
+        <v>138</v>
       </c>
       <c r="C499" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
-        <v>170</v>
+        <v>230</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>164</v>
+        <v>231</v>
       </c>
       <c r="C500" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>210</v>
+        <v>232</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>211</v>
+        <v>233</v>
       </c>
       <c r="C501" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>218</v>
+        <v>163</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>219</v>
+        <v>164</v>
       </c>
       <c r="C502" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>220</v>
+        <v>206</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
       <c r="C503" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>221</v>
+        <v>208</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="C504" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>180</v>
+        <v>212</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>177</v>
+        <v>213</v>
       </c>
       <c r="C505" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>175</v>
+        <v>215</v>
       </c>
       <c r="C506" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>178</v>
+        <v>216</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>175</v>
+        <v>217</v>
       </c>
       <c r="C507" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
-        <v>172</v>
+        <v>142</v>
       </c>
       <c r="B508" s="0" t="s">
-        <v>173</v>
+        <v>143</v>
       </c>
       <c r="C508" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>181</v>
+        <v>144</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>175</v>
+        <v>145</v>
       </c>
       <c r="C509" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
-        <v>154</v>
+        <v>174</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>151</v>
+        <v>175</v>
       </c>
       <c r="C510" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="C511" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="512">
       <c r="C512" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="513">
       <c r="C513" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="514">
       <c r="C514" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="515">
       <c r="C515" s="0" t="s">
         <v>12</v>
       </c>
     </row>