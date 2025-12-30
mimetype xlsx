--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -473,131 +473,131 @@
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30">
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -851,131 +851,131 @@
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="72">
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -1196,230 +1196,230 @@
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>58</v>
+        <v>44</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>51</v>
+        <v>31</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="120">
       <c r="C120" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121">
       <c r="C121" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122">
       <c r="C122" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123">
       <c r="C123" s="0" t="s">
         <v>5</v>
       </c>
     </row>