--- v0 (2025-11-05)
+++ v1 (2026-02-03)
@@ -588,74 +588,74 @@
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
-    <t>101741</t>
-[...19 lines deleted...]
-  <si>
     <t>2114Q8</t>
   </si>
   <si>
     <t>Q21 DM</t>
   </si>
   <si>
     <t>2614Q8</t>
   </si>
   <si>
     <t>Q26 DM</t>
   </si>
   <si>
     <t>3114Q8</t>
   </si>
   <si>
     <t>Q31 DM</t>
   </si>
   <si>
     <t>3116Q8</t>
   </si>
   <si>
     <t>Q31 DM ext.</t>
   </si>
   <si>
     <t>3314Q8</t>
@@ -1059,90 +1059,90 @@
   <si>
     <t>5054Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
+  </si>
+  <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
+    <t>501761</t>
+  </si>
+  <si>
+    <t>N6 DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
-  </si>
-[...16 lines deleted...]
-    <t>N6 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -5419,106 +5419,106 @@
         <v>192</v>
       </c>
       <c r="B387" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C387" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B388" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C388" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>25</v>
+        <v>195</v>
       </c>
       <c r="C389" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>196</v>
+        <v>31</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>31</v>
+        <v>200</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>201</v>
+        <v>25</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B395" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B396" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>5</v>
@@ -5628,106 +5628,106 @@
         <v>192</v>
       </c>
       <c r="B406" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B407" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>25</v>
+        <v>195</v>
       </c>
       <c r="C408" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>196</v>
+        <v>31</v>
       </c>
       <c r="C409" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C410" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>31</v>
+        <v>200</v>
       </c>
       <c r="C412" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>201</v>
+        <v>25</v>
       </c>
       <c r="C413" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="414">
       <c r="C414" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="415">
       <c r="C415" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B416" s="0" t="s">
         <v>203</v>
       </c>
       <c r="C416" s="0" t="s">
         <v>5</v>
       </c>