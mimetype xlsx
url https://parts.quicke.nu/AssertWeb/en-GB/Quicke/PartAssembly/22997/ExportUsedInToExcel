--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -699,155 +699,155 @@
   <si>
     <t>Q39 DM</t>
   </si>
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
-    <t>4614Q8</t>
-[...76 lines deleted...]
-  <si>
     <t>6612Q8</t>
   </si>
   <si>
     <t>Q66 UM</t>
   </si>
   <si>
     <t>6614Q8</t>
   </si>
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
   <si>
     <t>6816Q8</t>
@@ -879,207 +879,207 @@
   <si>
     <t>Q76 DM ext.</t>
   </si>
   <si>
     <t>7814Q8</t>
   </si>
   <si>
     <t>Q78 DM</t>
   </si>
   <si>
     <t>7816Q8</t>
   </si>
   <si>
     <t>Q78 DM Ext.</t>
   </si>
   <si>
     <t>7854Q8</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...38 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
-  </si>
-[...94 lines deleted...]
-    <t>6564Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>501146</t>
   </si>
@@ -5886,238 +5886,238 @@
         <v>231</v>
       </c>
       <c r="B430" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B431" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
         <v>235</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B434" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B435" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
         <v>242</v>
       </c>
       <c r="B436" s="0" t="s">
         <v>243</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="B440" s="0" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
         <v>251</v>
       </c>
       <c r="B441" s="0" t="s">
         <v>252</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B442" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
         <v>255</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C443" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="B444" s="0" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="B445" s="0" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
         <v>260</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C447" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="B449" s="0" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B450" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B451" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>5</v>
@@ -6282,359 +6282,359 @@
         <v>295</v>
       </c>
       <c r="B466" s="0" t="s">
         <v>296</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
         <v>297</v>
       </c>
       <c r="B467" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
         <v>299</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="B469" s="0" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B470" s="0" t="s">
         <v>303</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
         <v>304</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="B472" s="0" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B473" s="0" t="s">
         <v>308</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C474" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="B476" s="0" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="B477" s="0" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="B478" s="0" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="C480" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
         <v>320</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="C481" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="B482" s="0" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="C482" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
         <v>323</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="C483" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C484" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C485" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
         <v>328</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="C486" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="C487" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C488" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="C489" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="B490" s="0" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="C490" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="B491" s="0" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="C491" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="C492" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="C493" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C494" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="B495" s="0" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="C495" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
         <v>343</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C496" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B497" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C497" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B498" s="0" t="s">
         <v>347</v>
       </c>
       <c r="C498" s="0" t="s">
         <v>5</v>