--- v1 (2025-12-24)
+++ v2 (2026-03-18)
@@ -588,74 +588,74 @@
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t>101159</t>
   </si>
   <si>
     <t>101158</t>
   </si>
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
-    <t>101741</t>
-[...19 lines deleted...]
-  <si>
     <t>2114Q8</t>
   </si>
   <si>
     <t>Q21 DM</t>
   </si>
   <si>
     <t>2614Q8</t>
   </si>
   <si>
     <t>Q26 DM</t>
   </si>
   <si>
     <t>3114Q8</t>
   </si>
   <si>
     <t>Q31 DM</t>
   </si>
   <si>
     <t>3116Q8</t>
   </si>
   <si>
     <t>Q31 DM ext.</t>
   </si>
   <si>
     <t>3314Q8</t>
@@ -1059,84 +1059,84 @@
   <si>
     <t>5054Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
     <t>501166</t>
   </si>
   <si>
     <t>N6S DM</t>
-  </si>
-[...10 lines deleted...]
-    <t>N5 DM</t>
   </si>
   <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -5419,106 +5419,106 @@
         <v>192</v>
       </c>
       <c r="B387" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C387" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B388" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C388" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>25</v>
+        <v>195</v>
       </c>
       <c r="C389" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>196</v>
+        <v>31</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>31</v>
+        <v>200</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>201</v>
+        <v>25</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B395" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B396" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>5</v>
@@ -5628,106 +5628,106 @@
         <v>192</v>
       </c>
       <c r="B406" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B407" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>25</v>
+        <v>195</v>
       </c>
       <c r="C408" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>196</v>
+        <v>31</v>
       </c>
       <c r="C409" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C410" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>31</v>
+        <v>200</v>
       </c>
       <c r="C412" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>201</v>
+        <v>25</v>
       </c>
       <c r="C413" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="414">
       <c r="C414" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B415" s="0" t="s">
         <v>203</v>
       </c>
       <c r="C415" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
         <v>204</v>
       </c>