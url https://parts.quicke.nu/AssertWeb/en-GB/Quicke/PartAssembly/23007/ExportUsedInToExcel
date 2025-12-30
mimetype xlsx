--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -126,78 +126,78 @@
   <si>
     <t>3313Q8</t>
   </si>
   <si>
     <t>Q33 DS</t>
   </si>
   <si>
     <t>3314Q8</t>
   </si>
   <si>
     <t>Q33 DM</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>Bearing boxes/5220207-7 Bearing box</t>
   </si>
   <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
     <t>5154Q8</t>
-  </si>
-[...19 lines deleted...]
-    <t>4054Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -853,73 +853,73 @@
         <v>38</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>12</v>
@@ -1007,73 +1007,73 @@
         <v>38</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>12</v>