--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -72,72 +72,72 @@
   <si>
     <t>+4.1 US</t>
   </si>
   <si>
     <t>5011T8</t>
   </si>
   <si>
     <t>+4.0 US</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>3111Q8</t>
   </si>
   <si>
     <t>Q31 US</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
-  </si>
-[...16 lines deleted...]
-    <t>Q50 US</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>