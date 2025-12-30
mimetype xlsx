--- v0 (2025-10-17)
+++ v1 (2025-12-30)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>3516T8</t>
   </si>
   <si>
     <t>+2.0P DM ext.</t>
   </si>
   <si>
     <t>Bearing boxes/5220194-1 Bearing box</t>
   </si>
   <si>
     <t>3616T8</t>
   </si>
   <si>
     <t>+2.1P DM ext.</t>
   </si>
   <si>
@@ -123,96 +123,93 @@
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
     <t>3516Q8</t>
   </si>
   <si>
     <t>Q35 DM ext.</t>
   </si>
   <si>
     <t>4616Q8</t>
   </si>
   <si>
     <t>Q46 DM ext.</t>
   </si>
   <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
     <t>4816Q8</t>
   </si>
   <si>
     <t>Q48 DM ext.</t>
   </si>
   <si>
-    <t>Bearing boxes/5220194-7 Bearing box</t>
-[...5 lines deleted...]
-    <t>Q56 DM ext.</t>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
   </si>
   <si>
     <t>5816Q8</t>
   </si>
   <si>
-    <t>Q58 DM ext.</t>
-[...4 lines deleted...]
-  <si>
     <t>4516Q8</t>
   </si>
   <si>
     <t>Q45 DM ext.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Q65 DM ext.</t>
   </si>
   <si>
     <t>4816T8</t>
   </si>
   <si>
     <t>+3.3P DM ext.</t>
   </si>
   <si>
     <t>Bearing boxes/5220194-25 Bearing box</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -816,141 +813,141 @@
         <v>36</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="B57" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="0" t="s">
-        <v>41</v>
+        <v>8</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="62">
       <c r="C62" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="B63" s="0" t="s">
+      <c r="C63" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="B64" s="0" t="s">
+      <c r="C64" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="65">
       <c r="C65" s="0" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>