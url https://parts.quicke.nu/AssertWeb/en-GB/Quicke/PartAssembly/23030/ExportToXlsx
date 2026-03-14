--- v0 (2025-10-22)
+++ v1 (2026-03-14)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Market information</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
@@ -298,53 +298,50 @@
     <t>0.161</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>60018053</t>
   </si>
   <si>
     <t>Pivot Pin</t>
   </si>
   <si>
     <t>Use original parts from Quicke/Trima when replacing pivot pins and extend the life of your front loader. Eliminate loose joints and get a better driving experience.</t>
   </si>
   <si>
     <t>1.100</t>
   </si>
   <si>
     <t>D=35, L=127mm (9020035)</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>60018062</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pin</t>
   </si>
   <si>
     <t>1.400</t>
   </si>
   <si>
     <t>D=40, L=127mm (9020036)</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>60018058</t>
   </si>
   <si>
     <t>0.807</t>
   </si>
   <si>
     <t>D=35, L=96mm (9020038)</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>60018059</t>
   </si>
@@ -874,130 +871,130 @@
       </c>
       <c r="D23" s="0" t="s">
         <v>92</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>93</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>94</v>
       </c>
       <c r="I23" s="0" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>93</v>
       </c>
       <c r="H24" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="I24" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>92</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>93</v>
       </c>
       <c r="H25" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="I25" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>92</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>93</v>
       </c>
       <c r="H26" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="I26" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C27" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="G27" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="G27" s="0" t="s">
+      <c r="H27" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G28" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="H28" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="H28" s="0" t="s">
+      <c r="I28" s="0" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>