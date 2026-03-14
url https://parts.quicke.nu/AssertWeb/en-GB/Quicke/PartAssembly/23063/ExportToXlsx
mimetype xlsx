--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -96,51 +96,51 @@
   <si>
     <t>4.38</t>
   </si>
   <si>
     <t>SMS</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>11260328</t>
   </si>
   <si>
     <t>Cutting edge</t>
   </si>
   <si>
     <t>49.740</t>
   </si>
   <si>
     <t>5022119</t>
   </si>
   <si>
     <t>Plug</t>
   </si>
   <si>
-    <t>.04</t>
+    <t>0.040</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>11260312-22</t>
   </si>
   <si>
     <t>Side tine</t>
   </si>
   <si>
     <t>Quicke Orange</t>
   </si>
   <si>
     <t>1.560</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>5002127</t>
   </si>
   <si>
     <t>Screw</t>
   </si>
@@ -239,51 +239,51 @@
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>Conus 1 Curved</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>5068112-17</t>
   </si>
   <si>
     <t>Tine with nut</t>
   </si>
   <si>
     <t>Quicke Q-tines help you in your daily work by providing the optimal interaction between the implement and the material.
  Length: 680 mm, bent
  Thread: M20x1.5</t>
   </si>
   <si>
     <t>3.900</t>
   </si>
   <si>
-    <t>L=680, Curved (5068102)</t>
+    <t>L=680, Curved</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>5068111</t>
   </si>
   <si>
     <t>0.084</t>
   </si>
   <si>
     <t>Conus 1</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>5018515</t>
   </si>
   <si>
     <t>Bushing</t>
   </si>
   <si>
     <t>Prevent unnecessary wear on the joints of the front loader with bushings from Alo. Look for the Q logo to know that you are buying the original bushings for Quicke / Trima.</t>
   </si>
@@ -568,51 +568,51 @@
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="13.0101671218872" customWidth="1"/>
     <col min="4" max="4" width="23.6940364837646" customWidth="1"/>
     <col min="5" max="5" width="14.3872127532959" customWidth="1"/>
     <col min="6" max="6" width="152.243179321289" customWidth="1"/>
     <col min="7" max="7" width="11.4540843963623" customWidth="1"/>
-    <col min="8" max="8" width="23.3748416900635" customWidth="1"/>
+    <col min="8" max="8" width="19.7398891448975" customWidth="1"/>
     <col min="9" max="9" width="11.8295488357544" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
         <v>6</v>
       </c>