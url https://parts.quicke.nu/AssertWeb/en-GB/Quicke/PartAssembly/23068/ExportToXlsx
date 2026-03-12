--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -69,51 +69,51 @@
   <si>
     <t>1</t>
   </si>
   <si>
     <t>1 PCS</t>
   </si>
   <si>
     <t>11261907-17</t>
   </si>
   <si>
     <t>Frame</t>
   </si>
   <si>
     <t>127.7</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>5022119</t>
   </si>
   <si>
     <t>Plug</t>
   </si>
   <si>
-    <t>.04</t>
+    <t>0.040</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>11260256-22</t>
   </si>
   <si>
     <t>Side tine</t>
   </si>
   <si>
     <t>Quicke Orange</t>
   </si>
   <si>
     <t>1.5</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>5002127</t>
   </si>
   <si>
     <t>Screw</t>
   </si>
@@ -328,51 +328,51 @@
   </si>
   <si>
     <t>T-Adapter</t>
   </si>
   <si>
     <t>.335</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>7 PCS</t>
   </si>
   <si>
     <t>5068112-17</t>
   </si>
   <si>
     <t>Quicke Q-tines help you in your daily work by providing the optimal interaction between the implement and the material.
  Length: 680 mm, bent
  Thread: M20x1.5</t>
   </si>
   <si>
     <t>3.900</t>
   </si>
   <si>
-    <t>L=680, Curved (5068102)</t>
+    <t>L=680, Curved</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>9010121</t>
   </si>
   <si>
     <t>Sleeve</t>
   </si>
   <si>
     <t>1.255</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>9010120</t>
   </si>
   <si>
     <t>0</t>
   </si>