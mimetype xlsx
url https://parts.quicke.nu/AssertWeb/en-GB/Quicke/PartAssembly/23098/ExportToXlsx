--- v0 (2025-12-07)
+++ v1 (2026-03-14)
@@ -51,51 +51,51 @@
   <si>
     <t>11260036</t>
   </si>
   <si>
     <t>Cutting edge</t>
   </si>
   <si>
     <t>29.090</t>
   </si>
   <si>
     <t>Single Part</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>5022119</t>
   </si>
   <si>
     <t>Plug</t>
   </si>
   <si>
-    <t>.04</t>
+    <t>0.040</t>
   </si>
   <si>
     <t>1 PCS</t>
   </si>
   <si>
     <t>11137127</t>
   </si>
   <si>
     <t>Decal</t>
   </si>
   <si>
     <t>0.005</t>
   </si>
   <si>
     <t>"Original Implements"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>