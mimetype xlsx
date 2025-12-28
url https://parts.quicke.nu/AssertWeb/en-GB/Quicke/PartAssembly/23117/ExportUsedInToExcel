--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -90,330 +90,330 @@
   <si>
     <t>3611Q8</t>
   </si>
   <si>
     <t>Q36 US</t>
   </si>
   <si>
     <t>3613Q8</t>
   </si>
   <si>
     <t>Q36 DS</t>
   </si>
   <si>
     <t>3813Q8</t>
   </si>
   <si>
     <t>Q38 DS</t>
   </si>
   <si>
     <t>4111Q8</t>
   </si>
   <si>
     <t>Q41 US</t>
   </si>
   <si>
+    <t>2111T8</t>
+  </si>
+  <si>
+    <t>+1.1 US</t>
+  </si>
+  <si>
+    <t>2113T8</t>
+  </si>
+  <si>
+    <t>+1.1 DS</t>
+  </si>
+  <si>
+    <t>2611T8</t>
+  </si>
+  <si>
+    <t>+1.1P US</t>
+  </si>
+  <si>
+    <t>2613T8</t>
+  </si>
+  <si>
+    <t>+1.1P DS</t>
+  </si>
+  <si>
+    <t>3111T8</t>
+  </si>
+  <si>
+    <t>+2.1 US</t>
+  </si>
+  <si>
+    <t>3113T8</t>
+  </si>
+  <si>
+    <t>+2.1 DS</t>
+  </si>
+  <si>
+    <t>3313T8</t>
+  </si>
+  <si>
+    <t>+2.3 DS</t>
+  </si>
+  <si>
+    <t>3611T8</t>
+  </si>
+  <si>
+    <t>+2.1P US</t>
+  </si>
+  <si>
+    <t>3613T8</t>
+  </si>
+  <si>
+    <t>+2.1P DS</t>
+  </si>
+  <si>
+    <t>3617T8</t>
+  </si>
+  <si>
+    <t>+2.3P Special S</t>
+  </si>
+  <si>
+    <t>3813T8</t>
+  </si>
+  <si>
+    <t>+2.3P DS</t>
+  </si>
+  <si>
+    <t>4111T8</t>
+  </si>
+  <si>
+    <t>+3.1 US</t>
+  </si>
+  <si>
+    <t>5111T8</t>
+  </si>
+  <si>
+    <t>+4.1 US</t>
+  </si>
+  <si>
+    <t>4611Q8</t>
+  </si>
+  <si>
+    <t>Q46 US</t>
+  </si>
+  <si>
+    <t>5611Q8</t>
+  </si>
+  <si>
+    <t>Q56 US</t>
+  </si>
+  <si>
+    <t>4611T8</t>
+  </si>
+  <si>
+    <t>+3.1P US</t>
+  </si>
+  <si>
+    <t>4617T8</t>
+  </si>
+  <si>
+    <t>+3.1P Special S</t>
+  </si>
+  <si>
+    <t>5617T8</t>
+  </si>
+  <si>
+    <t>+4.1P Special S</t>
+  </si>
+  <si>
+    <t>5611T8</t>
+  </si>
+  <si>
+    <t>+4.1P US</t>
+  </si>
+  <si>
     <t>5111Q8</t>
   </si>
   <si>
     <t>Q51 US</t>
   </si>
   <si>
-    <t>2111T8</t>
-[...112 lines deleted...]
-  <si>
     <t>3011T8</t>
   </si>
   <si>
     <t>+2.0 US</t>
   </si>
   <si>
     <t>3013T8</t>
   </si>
   <si>
     <t>+2.0 DS</t>
   </si>
   <si>
     <t>3511T8</t>
   </si>
   <si>
     <t>+2.0P US</t>
   </si>
   <si>
     <t>3513T8</t>
   </si>
   <si>
     <t>+2.0P DS</t>
   </si>
   <si>
     <t>3517T8</t>
   </si>
   <si>
     <t>+2.0P Special S</t>
   </si>
   <si>
     <t>4011T8</t>
   </si>
   <si>
     <t>+3.0 US</t>
   </si>
   <si>
     <t>2011Q8</t>
   </si>
   <si>
     <t>Q20 US</t>
   </si>
   <si>
     <t>2013Q8</t>
   </si>
   <si>
     <t>Q20 DS</t>
   </si>
   <si>
+    <t>2513Q8</t>
+  </si>
+  <si>
+    <t>Q25 DS</t>
+  </si>
+  <si>
+    <t>3011Q8</t>
+  </si>
+  <si>
+    <t>Q30 US</t>
+  </si>
+  <si>
+    <t>3013Q8</t>
+  </si>
+  <si>
+    <t>Q30 DS</t>
+  </si>
+  <si>
+    <t>3511Q8</t>
+  </si>
+  <si>
+    <t>Q35 US</t>
+  </si>
+  <si>
+    <t>3513Q8</t>
+  </si>
+  <si>
+    <t>Q35 DS</t>
+  </si>
+  <si>
+    <t>4011Q8</t>
+  </si>
+  <si>
+    <t>Q40 US</t>
+  </si>
+  <si>
+    <t>5011Q8</t>
+  </si>
+  <si>
+    <t>Q50 US</t>
+  </si>
+  <si>
+    <t>2511T8</t>
+  </si>
+  <si>
+    <t>+1.0P US</t>
+  </si>
+  <si>
+    <t>2513T8</t>
+  </si>
+  <si>
+    <t>+1.0P DS</t>
+  </si>
+  <si>
+    <t>2011T8</t>
+  </si>
+  <si>
+    <t>+1.0 US</t>
+  </si>
+  <si>
+    <t>2013T8</t>
+  </si>
+  <si>
+    <t>+1.0 DS</t>
+  </si>
+  <si>
+    <t>5011T8</t>
+  </si>
+  <si>
+    <t>+4.0 US</t>
+  </si>
+  <si>
+    <t>5511Q8</t>
+  </si>
+  <si>
+    <t>Q55 US</t>
+  </si>
+  <si>
+    <t>4511T8</t>
+  </si>
+  <si>
+    <t>+3.0P US</t>
+  </si>
+  <si>
+    <t>4517T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special S</t>
+  </si>
+  <si>
+    <t>5511T8</t>
+  </si>
+  <si>
+    <t>+4.0P US</t>
+  </si>
+  <si>
+    <t>5517T8</t>
+  </si>
+  <si>
+    <t>+4.0P Special S</t>
+  </si>
+  <si>
     <t>2511Q8</t>
   </si>
   <si>
     <t>Q25 US</t>
   </si>
   <si>
-    <t>2513Q8</t>
-[...70 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
-  </si>
-[...28 lines deleted...]
-    <t>+4.0P Special S</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>