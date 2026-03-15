--- v0 (2025-10-18)
+++ v1 (2026-03-15)
@@ -219,51 +219,51 @@
   <si>
     <t>10</t>
   </si>
   <si>
     <t>5219145</t>
   </si>
   <si>
     <t>Adaptor</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2 PCS</t>
   </si>
   <si>
     <t>5219125</t>
   </si>
   <si>
     <t>Pin</t>
   </si>
   <si>
     <t>Original parts from Alo with the best fit and high quality, extends the life of your front loader. Make it easy with the right part for Quicke or Trima loader</t>
   </si>
   <si>
-    <t>0.500</t>
+    <t>0.520</t>
   </si>
   <si>
     <t>D=20mm</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>5002077</t>
   </si>
   <si>
     <t>0.025</t>
   </si>
   <si>
     <t>M6S 10x30</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>5011554</t>
   </si>
   <si>
     <t>0.013</t>
   </si>