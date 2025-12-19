--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -36,81 +36,81 @@
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>2114Q8</t>
   </si>
   <si>
     <t>Q21 DM</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>2614Q8</t>
   </si>
   <si>
     <t>Q26 DM</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>2114T8</t>
+  </si>
+  <si>
+    <t>+1.1 DM</t>
+  </si>
+  <si>
+    <t>2614T8</t>
+  </si>
+  <si>
+    <t>+1.1P DM</t>
+  </si>
+  <si>
+    <t>2514T8</t>
+  </si>
+  <si>
+    <t>+1.0P DM</t>
+  </si>
+  <si>
+    <t>Hydraulics LCS/9032580 Main hose kit</t>
+  </si>
+  <si>
+    <t>2014T8</t>
+  </si>
+  <si>
+    <t>+1.0 DM</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
-  </si>
-[...25 lines deleted...]
-    <t>+1.0 DM</t>
   </si>
   <si>
     <t xml:space="preserve">Hydraulics/ </t>
   </si>
   <si>
     <t>Hydraulics/2514_2 Hydraulics LCS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -206,161 +206,161 @@
         <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18">
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="C19" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="C21" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>