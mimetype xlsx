--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -105,159 +105,159 @@
   <si>
     <t>4154T8</t>
   </si>
   <si>
     <t>4611Q8</t>
   </si>
   <si>
     <t>Q46 US</t>
   </si>
   <si>
     <t>4614Q8</t>
   </si>
   <si>
     <t>Q46 DM</t>
   </si>
   <si>
     <t>4616Q8</t>
   </si>
   <si>
     <t>Q46 DM ext.</t>
   </si>
   <si>
     <t>4654Q8</t>
   </si>
   <si>
+    <t>4511T8</t>
+  </si>
+  <si>
+    <t>+3.0P US</t>
+  </si>
+  <si>
+    <t>4514T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM</t>
+  </si>
+  <si>
+    <t>4516T8</t>
+  </si>
+  <si>
+    <t>+3.0P DM ext.</t>
+  </si>
+  <si>
+    <t>4517T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special S</t>
+  </si>
+  <si>
+    <t>4518T8</t>
+  </si>
+  <si>
+    <t>+3.0P Special B</t>
+  </si>
+  <si>
+    <t>4611T8</t>
+  </si>
+  <si>
+    <t>+3.1P US</t>
+  </si>
+  <si>
+    <t>4614T8</t>
+  </si>
+  <si>
+    <t>+3.1P DM</t>
+  </si>
+  <si>
+    <t>4616T8</t>
+  </si>
+  <si>
+    <t>+3.1P DM ext.</t>
+  </si>
+  <si>
+    <t>4617T8</t>
+  </si>
+  <si>
+    <t>+3.1P Special S</t>
+  </si>
+  <si>
+    <t>4618T8</t>
+  </si>
+  <si>
+    <t>+3.1P Special B</t>
+  </si>
+  <si>
+    <t>4654T8</t>
+  </si>
+  <si>
+    <t>4814T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM</t>
+  </si>
+  <si>
+    <t>4816T8</t>
+  </si>
+  <si>
+    <t>+3.3P DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
     <t>4814Q8</t>
   </si>
   <si>
     <t>Q48 DM</t>
   </si>
   <si>
-    <t>4816Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>4511Q8</t>
   </si>
   <si>
     <t>Q45 US</t>
   </si>
   <si>
     <t>4514Q8</t>
   </si>
   <si>
     <t>Q45 DM</t>
   </si>
   <si>
     <t>4516Q8</t>
   </si>
   <si>
     <t>Q45 DM ext.</t>
   </si>
   <si>
     <t>4554Q8</t>
   </si>
   <si>
     <t>4564Q8</t>
-  </si>
-[...73 lines deleted...]
-    <t>+3.3P DM ext.</t>
   </si>
   <si>
     <t>Hydraulics/4517_2 Hydraulics LCS</t>
   </si>
   <si>
     <t>Hydraulics/4518_2 Hydraulics LCS</t>
   </si>
   <si>
     <t xml:space="preserve">Hydraulics/ </t>
   </si>
   <si>
     <t>Hydraulics/4816_21 Hydraulics LCS</t>
   </si>
   <si>
     <t>Hydraulics/4011_2 Hydraulics LCS</t>
   </si>
   <si>
     <t>Hydraulics/4014_2 Hydraulics LCS</t>
   </si>
   <si>
     <t>Hydraulics/4514_2 Hydraulics LCS</t>
   </si>
 </sst>
 </file>
 
@@ -500,290 +500,290 @@
         <v>29</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>72</v>
@@ -824,167 +824,167 @@
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>69</v>
+        <v>59</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="62">
@@ -1011,131 +1011,131 @@
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="74">
       <c r="C74" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="C75" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="C76" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="C77" s="0" t="s">
         <v>10</v>
       </c>
     </row>