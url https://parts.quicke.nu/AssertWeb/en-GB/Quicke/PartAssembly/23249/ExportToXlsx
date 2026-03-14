--- v0 (2025-10-16)
+++ v1 (2026-03-14)
@@ -297,51 +297,51 @@
   <si>
     <t>5002114</t>
   </si>
   <si>
     <t>0.095</t>
   </si>
   <si>
     <t>M6S 12x100</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>5021955</t>
   </si>
   <si>
     <t>.077</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>5221186</t>
   </si>
   <si>
-    <t>Clip</t>
+    <t>Pin clip</t>
   </si>
   <si>
     <t>.012</t>
   </si>
   <si>
     <t>⌀12x120</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>5011911</t>
   </si>
   <si>
     <t>Nut</t>
   </si>
   <si>
     <t>0.020</t>
   </si>
   <si>
     <t>M12</t>
   </si>
   <si>
     <t>22</t>
   </si>