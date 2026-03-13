--- v0 (2025-11-05)
+++ v1 (2026-03-13)
@@ -45,80 +45,80 @@
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Market information</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
     <t>Specification</t>
   </si>
   <si>
     <t>Year To</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>5221258-7</t>
   </si>
   <si>
     <t>Loader beam</t>
   </si>
   <si>
+    <t>Quicke Grey</t>
+  </si>
+  <si>
     <t>162.900</t>
   </si>
   <si>
     <t>Grey</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>5221358-7</t>
   </si>
   <si>
     <t>Parallel rod</t>
   </si>
   <si>
     <t>17.700</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5221325-7</t>
   </si>
   <si>
     <t>Bearing box</t>
   </si>
   <si>
-    <t>Quicke Grey</t>
-[...1 lines deleted...]
-  <si>
     <t>20.000</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5221510</t>
   </si>
   <si>
     <t>Locking Pin</t>
   </si>
   <si>
     <t>.9</t>
   </si>
   <si>
     <t>D=32mm</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>5017002</t>
   </si>
   <si>
     <t>Linch pin</t>
@@ -330,51 +330,51 @@
   <si>
     <t>.4</t>
   </si>
   <si>
     <t>5002114</t>
   </si>
   <si>
     <t>0.095</t>
   </si>
   <si>
     <t>M6S 12x100</t>
   </si>
   <si>
     <t>5021955</t>
   </si>
   <si>
     <t>.077</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>5221186</t>
   </si>
   <si>
-    <t>Clip</t>
+    <t>Pin clip</t>
   </si>
   <si>
     <t>.012</t>
   </si>
   <si>
     <t>⌀12x120</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>5011911</t>
   </si>
   <si>
     <t>Nut</t>
   </si>
   <si>
     <t>0.020</t>
   </si>
   <si>
     <t>M12</t>
   </si>
   <si>
     <t>25</t>
   </si>
@@ -517,126 +517,129 @@
         <v>6</v>
       </c>
       <c r="H1" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="0" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>12</v>
       </c>
+      <c r="F2" s="0" t="s">
+        <v>13</v>
+      </c>
       <c r="H2" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I2" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="I3" s="0" t="s">
         <v>15</v>
-      </c>
-[...13 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>26</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>27</v>
       </c>
       <c r="I5" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H7" s="0" t="s">
@@ -752,82 +755,82 @@
       </c>
       <c r="D13" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>68</v>
       </c>
       <c r="I14" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>72</v>
       </c>
       <c r="I15" s="0" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>75</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>76</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B17" s="0" t="s">
@@ -907,59 +910,59 @@
       </c>
       <c r="D20" s="0" t="s">
         <v>94</v>
       </c>
       <c r="J20" s="0" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>99</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>100</v>
       </c>
       <c r="I21" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>102</v>
       </c>
       <c r="I22" s="0" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D23" s="0" t="s">
@@ -972,137 +975,137 @@
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>109</v>
       </c>
       <c r="I24" s="0" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>113</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>114</v>
       </c>
       <c r="I25" s="0" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>50</v>
       </c>
       <c r="I26" s="0" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>121</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>122</v>
       </c>
       <c r="I27" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>125</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>126</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>127</v>
       </c>
       <c r="I28" s="0" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>50</v>
       </c>
       <c r="I29" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D30" s="0" t="s">