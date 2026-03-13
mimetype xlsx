--- v0 (2026-01-09)
+++ v1 (2026-03-13)
@@ -45,56 +45,56 @@
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Market information</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
     <t>Specification</t>
   </si>
   <si>
     <t>Year To</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>5221258-1</t>
   </si>
   <si>
     <t>Loader beam</t>
   </si>
   <si>
+    <t>Glossy Black</t>
+  </si>
+  <si>
     <t>162.900</t>
   </si>
   <si>
-    <t>Glossy Black</t>
-[...1 lines deleted...]
-  <si>
     <t>2</t>
   </si>
   <si>
     <t>5221358-1</t>
   </si>
   <si>
     <t>Parallel rod</t>
   </si>
   <si>
     <t>17.700</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5221325-1</t>
   </si>
   <si>
     <t>Bearing box</t>
   </si>
   <si>
     <t>20.0</t>
   </si>
   <si>
     <t>4</t>
@@ -324,51 +324,51 @@
   <si>
     <t>0.400</t>
   </si>
   <si>
     <t>5002114</t>
   </si>
   <si>
     <t>0.095</t>
   </si>
   <si>
     <t>M6S 12x100</t>
   </si>
   <si>
     <t>5021955</t>
   </si>
   <si>
     <t>.077</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>5221186</t>
   </si>
   <si>
-    <t>Clip</t>
+    <t>Pin clip</t>
   </si>
   <si>
     <t>.012</t>
   </si>
   <si>
     <t>⌀12x120</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>5011911</t>
   </si>
   <si>
     <t>Nut</t>
   </si>
   <si>
     <t>0.020</t>
   </si>
   <si>
     <t>M12</t>
   </si>
   <si>
     <t>25</t>
   </si>
@@ -511,95 +511,98 @@
         <v>6</v>
       </c>
       <c r="H1" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="0" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>12</v>
       </c>
+      <c r="F2" s="0" t="s">
+        <v>13</v>
+      </c>
       <c r="H2" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" s="0" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I5" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>28</v>
@@ -743,100 +746,100 @@
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>66</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>67</v>
       </c>
       <c r="I14" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>66</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>70</v>
       </c>
       <c r="I15" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>73</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>74</v>
       </c>
       <c r="I16" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>77</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>78</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>79</v>
       </c>
       <c r="I17" s="0" t="s">
         <v>80</v>
       </c>
     </row>
@@ -895,57 +898,57 @@
       </c>
       <c r="C20" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>92</v>
       </c>
       <c r="J20" s="0" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>98</v>
       </c>
       <c r="I21" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>100</v>
       </c>
       <c r="I22" s="0" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>56</v>
@@ -1018,51 +1021,51 @@
       </c>
       <c r="H26" s="0" t="s">
         <v>49</v>
       </c>
       <c r="I26" s="0" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>119</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>120</v>
       </c>
       <c r="I27" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>123</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>124</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>125</v>
       </c>
       <c r="I28" s="0" t="s">
         <v>126</v>
       </c>
     </row>