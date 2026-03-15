--- v0 (2025-10-20)
+++ v1 (2026-03-15)
@@ -45,56 +45,56 @@
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Market information</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
     <t>Specification</t>
   </si>
   <si>
     <t>Year To</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>5221218-1</t>
   </si>
   <si>
     <t>Loader beam</t>
   </si>
   <si>
+    <t>Glossy Black</t>
+  </si>
+  <si>
     <t>170.300</t>
   </si>
   <si>
-    <t>Glossy Black</t>
-[...1 lines deleted...]
-  <si>
     <t>2</t>
   </si>
   <si>
     <t>5221321-1</t>
   </si>
   <si>
     <t>Bearing box</t>
   </si>
   <si>
     <t>16.6</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5221510</t>
   </si>
   <si>
     <t>Locking Pin</t>
   </si>
   <si>
     <t>.9</t>
   </si>
   <si>
     <t>D=32mm</t>
@@ -288,51 +288,51 @@
   <si>
     <t>5002114</t>
   </si>
   <si>
     <t>0.095</t>
   </si>
   <si>
     <t>M6S 12x100</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>5021955</t>
   </si>
   <si>
     <t>.077</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>5221186</t>
   </si>
   <si>
-    <t>Clip</t>
+    <t>Pin clip</t>
   </si>
   <si>
     <t>.012</t>
   </si>
   <si>
     <t>⌀12x120</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>5011911</t>
   </si>
   <si>
     <t>Nut</t>
   </si>
   <si>
     <t>0.020</t>
   </si>
   <si>
     <t>M12</t>
   </si>
   <si>
     <t>22</t>
   </si>
@@ -475,75 +475,78 @@
         <v>6</v>
       </c>
       <c r="H1" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="0" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>12</v>
       </c>
+      <c r="F2" s="0" t="s">
+        <v>13</v>
+      </c>
       <c r="H2" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" s="0" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>24</v>
@@ -684,83 +687,83 @@
       </c>
       <c r="C12" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>63</v>
       </c>
       <c r="I13" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>66</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>67</v>
       </c>
       <c r="I14" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>70</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>71</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>72</v>
       </c>
       <c r="I15" s="0" t="s">
         <v>73</v>
       </c>
     </row>
@@ -796,57 +799,57 @@
       </c>
       <c r="C17" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>79</v>
       </c>
       <c r="J17" s="0" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>87</v>
       </c>
       <c r="I19" s="0" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>89</v>
@@ -919,51 +922,51 @@
       </c>
       <c r="H23" s="0" t="s">
         <v>45</v>
       </c>
       <c r="I23" s="0" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>108</v>
       </c>
       <c r="I24" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>111</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>112</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>113</v>
       </c>
       <c r="I25" s="0" t="s">
         <v>114</v>
       </c>
     </row>