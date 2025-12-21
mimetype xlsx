--- v0 (2025-10-20)
+++ v1 (2025-12-21)
@@ -96,135 +96,135 @@
   <si>
     <t>7614T8</t>
   </si>
   <si>
     <t>+6.1P DM</t>
   </si>
   <si>
     <t>7616T8</t>
   </si>
   <si>
     <t>+6.1P DM ext.</t>
   </si>
   <si>
     <t>7814T8</t>
   </si>
   <si>
     <t>+6.3P DM</t>
   </si>
   <si>
     <t>7854T8</t>
   </si>
   <si>
     <t xml:space="preserve">Loader beam/ </t>
   </si>
   <si>
+    <t>9810Q8</t>
+  </si>
+  <si>
+    <t>Q98 DXL</t>
+  </si>
+  <si>
+    <t>8753Q8</t>
+  </si>
+  <si>
+    <t>Q85x DL</t>
+  </si>
+  <si>
+    <t>7612Q8</t>
+  </si>
+  <si>
+    <t>Q76 UM</t>
+  </si>
+  <si>
+    <t>7614Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM</t>
+  </si>
+  <si>
+    <t>7616Q8</t>
+  </si>
+  <si>
+    <t>Q76 DM ext.</t>
+  </si>
+  <si>
+    <t>7814Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM</t>
+  </si>
+  <si>
+    <t>7816Q8</t>
+  </si>
+  <si>
+    <t>Q78 DM Ext.</t>
+  </si>
+  <si>
+    <t>7854Q8</t>
+  </si>
+  <si>
     <t>8813Q8</t>
   </si>
   <si>
     <t>Q88 DL</t>
   </si>
   <si>
     <t>8853Q8</t>
   </si>
   <si>
-    <t>9810Q8</t>
-[...2 lines deleted...]
-    <t>Q98 DXL</t>
+    <t>7512Q8</t>
+  </si>
+  <si>
+    <t>Q75 UM</t>
+  </si>
+  <si>
+    <t>7514Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM</t>
+  </si>
+  <si>
+    <t>7516Q8</t>
+  </si>
+  <si>
+    <t>Q75 DM ext.</t>
+  </si>
+  <si>
+    <t>7524Q8</t>
+  </si>
+  <si>
+    <t>8513Q8</t>
+  </si>
+  <si>
+    <t>Q85 DL</t>
+  </si>
+  <si>
+    <t>8523Q8</t>
   </si>
   <si>
     <t>8713Q8</t>
-  </si>
-[...67 lines deleted...]
-    <t>8523Q8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -473,131 +473,131 @@
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30">
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -645,403 +645,403 @@
       <c r="C42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="C43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="78">
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>