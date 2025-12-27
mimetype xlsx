--- v0 (2025-10-27)
+++ v1 (2025-12-27)
@@ -24,209 +24,209 @@
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="153">
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...38 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
   </si>
   <si>
-    <t>6014Q8</t>
-[...94 lines deleted...]
-  <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>2114Q8</t>
   </si>
   <si>
     <t>Q21 DM</t>
@@ -291,153 +291,153 @@
   <si>
     <t>Q39 DM</t>
   </si>
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
-  </si>
-[...76 lines deleted...]
-    <t>5856Q8</t>
   </si>
   <si>
     <t>6612Q8</t>
   </si>
   <si>
     <t>Q66 UM</t>
   </si>
   <si>
     <t>6614Q8</t>
   </si>
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
@@ -603,359 +603,359 @@
         <v>10</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>3</v>
@@ -1153,238 +1153,238 @@
         <v>95</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>3</v>
@@ -1549,359 +1549,359 @@
         <v>10</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B99" s="0" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B103" s="0" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B104" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B105" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B109" s="0" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B117" s="0" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B118" s="0" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B122" s="0" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>3</v>
@@ -2099,238 +2099,238 @@
         <v>95</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B147" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B148" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B149" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B153" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B154" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B155" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B157" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B158" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B162" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B163" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B164" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>3</v>