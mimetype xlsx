--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -45,51 +45,51 @@
   <si>
     <t>1</t>
   </si>
   <si>
     <t>1 PCS</t>
   </si>
   <si>
     <t>11134344</t>
   </si>
   <si>
     <t>Trapezoid decal</t>
   </si>
   <si>
     <t>.01</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>11134160</t>
   </si>
   <si>
     <t>Decal Brand, RH</t>
   </si>
   <si>
-    <t>.1</t>
+    <t>0.100</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2 PCS</t>
   </si>
   <si>
     <t>11134165</t>
   </si>
   <si>
     <t>Decal, Model</t>
   </si>
   <si>
     <t>.02</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>11134159</t>
   </si>
   <si>
     <t>Decal Brand, LH</t>
   </si>