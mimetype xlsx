--- v0 (2025-10-20)
+++ v1 (2026-03-16)
@@ -78,51 +78,51 @@
   <si>
     <t>18.0</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>1102001</t>
   </si>
   <si>
     <t>Linch pin</t>
   </si>
   <si>
     <t>.042</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5022119</t>
   </si>
   <si>
     <t>Plug</t>
   </si>
   <si>
-    <t>.04</t>
+    <t>0.040</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>5002106</t>
   </si>
   <si>
     <t>Screw</t>
   </si>
   <si>
     <t>0.061</t>
   </si>
   <si>
     <t>M12 x 50 (8.8)</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>5011555</t>
   </si>
   <si>
     <t>Nut</t>
   </si>