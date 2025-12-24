--- v0 (2025-10-25)
+++ v1 (2025-12-24)
@@ -4,92 +4,95 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
     <t>Specification</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>12711810-1</t>
   </si>
   <si>
-    <t>Cylinder</t>
+    <t>Lift Cylinder</t>
   </si>
   <si>
     <t>Glossy Black</t>
   </si>
   <si>
     <t>20.0</t>
   </si>
   <si>
     <t>12712510-1</t>
+  </si>
+  <si>
+    <t>Tilt Cylinder</t>
   </si>
   <si>
     <t>21.8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
@@ -106,51 +109,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:G3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="11.9165096282959" customWidth="1"/>
-    <col min="4" max="4" width="9.140625" customWidth="1"/>
+    <col min="4" max="4" width="11.8970708847046" customWidth="1"/>
     <col min="5" max="5" width="12.1559066772461" customWidth="1"/>
     <col min="6" max="6" width="11.4540843963623" customWidth="1"/>
     <col min="7" max="7" width="12.6091241836548" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
@@ -169,41 +172,41 @@
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="0" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>