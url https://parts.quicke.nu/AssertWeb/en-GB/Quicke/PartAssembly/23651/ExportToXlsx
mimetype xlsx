--- v0 (2025-10-21)
+++ v1 (2026-03-21)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Colour</t>
   </si>
   <si>
     <t>Market information</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
@@ -57,51 +57,51 @@
   <si>
     <t>1</t>
   </si>
   <si>
     <t>5211783-7</t>
   </si>
   <si>
     <t>Loader beam w. bushings</t>
   </si>
   <si>
     <t>Q</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>5218005-7</t>
   </si>
   <si>
     <t>Support leg</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>5214831-1</t>
+    <t>60052805</t>
   </si>
   <si>
     <t>Link w. bushings</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5214111-7</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Quicke Grey</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
     <t>Grey</t>
   </si>
   <si>
     <t>5</t>
   </si>
@@ -117,51 +117,51 @@
   <si>
     <t>6</t>
   </si>
   <si>
     <t>5215209</t>
   </si>
   <si>
     <t>Holder kit</t>
   </si>
   <si>
     <t>Original parts from Alo with the best fit and high quality, extends the life of your front loader. Make it easy with the right part for Quicke or Trima loader</t>
   </si>
   <si>
     <t>0.060</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>5215227</t>
   </si>
   <si>
     <t>Spacer</t>
   </si>
   <si>
-    <t>.025</t>
+    <t>0.025</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>5013110</t>
   </si>
   <si>
     <t>Washer</t>
   </si>
   <si>
     <t>0.004</t>
   </si>
   <si>
     <t>BRB 10.5x22x2</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>5050605</t>
   </si>
   <si>
     <t>Screw</t>
   </si>
@@ -332,53 +332,50 @@
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>5215131</t>
   </si>
   <si>
     <t>Locking cover</t>
   </si>
   <si>
     <t>Locking cover for pin locking. For all Quicke front loader series from 1998 onwards, for all Trima front loader series from 2005 onwards.</t>
   </si>
   <si>
     <t>0.100</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>5050608</t>
   </si>
   <si>
     <t>Screw to fit the locking cover 5215131. For all Quicke front loader series from 1998 onwards, for all Trima front loader series from 2005 onwards.
  MC6S M10x20</t>
-  </si>
-[...1 lines deleted...]
-    <t>0.025</t>
   </si>
   <si>
     <t>MC6S M10x20 Loc</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>5215121-1</t>
   </si>
   <si>
     <t>Plastic cover</t>
   </si>
   <si>
     <t>Glossy Black</t>
   </si>
   <si>
     <t>0.013</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>5215182</t>
   </si>
@@ -938,78 +935,78 @@
       </c>
       <c r="G25" s="0" t="s">
         <v>104</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>108</v>
       </c>
       <c r="H26" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="I26" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C27" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="F27" s="0" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="I27" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="D28" s="0" t="s">
+      <c r="H28" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>