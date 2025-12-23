--- v0 (2025-10-22)
+++ v1 (2025-12-23)
@@ -150,155 +150,155 @@
   <si>
     <t>Q39 DM</t>
   </si>
   <si>
     <t>3916Q8</t>
   </si>
   <si>
     <t>Q39 DM ext.</t>
   </si>
   <si>
     <t>4114Q8</t>
   </si>
   <si>
     <t>Q41 DM</t>
   </si>
   <si>
     <t>4154Q8</t>
   </si>
   <si>
     <t>4916Q8</t>
   </si>
   <si>
     <t>Q49 DM ext.</t>
   </si>
   <si>
+    <t>5116Q8</t>
+  </si>
+  <si>
+    <t>Q51 DM ext.</t>
+  </si>
+  <si>
+    <t>4614Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM</t>
+  </si>
+  <si>
+    <t>4616Q8</t>
+  </si>
+  <si>
+    <t>Q46 DM ext.</t>
+  </si>
+  <si>
+    <t>4654Q8</t>
+  </si>
+  <si>
+    <t>5616Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM ext.</t>
+  </si>
+  <si>
+    <t>4816Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM ext.</t>
+  </si>
+  <si>
+    <t>4814Q8</t>
+  </si>
+  <si>
+    <t>Q48 DM</t>
+  </si>
+  <si>
+    <t>4912Q8</t>
+  </si>
+  <si>
+    <t>Q49 UM</t>
+  </si>
+  <si>
+    <t>4914Q8</t>
+  </si>
+  <si>
+    <t>Q49 DM</t>
+  </si>
+  <si>
     <t>5114Q8</t>
   </si>
   <si>
     <t>Q51 DM</t>
   </si>
   <si>
-    <t>5116Q8</t>
-[...4 lines deleted...]
-  <si>
     <t>5154Q8</t>
   </si>
   <si>
+    <t>5612Q8</t>
+  </si>
+  <si>
+    <t>Q56 UM</t>
+  </si>
+  <si>
+    <t>5614Q8</t>
+  </si>
+  <si>
+    <t>Q56 DM</t>
+  </si>
+  <si>
+    <t>5654Q8</t>
+  </si>
+  <si>
+    <t>5856Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM ext.</t>
+  </si>
+  <si>
+    <t>5854Q8</t>
+  </si>
+  <si>
+    <t>Q58 DM</t>
+  </si>
+  <si>
+    <t>5816Q8</t>
+  </si>
+  <si>
+    <t>5814Q8</t>
+  </si>
+  <si>
     <t>6114Q8</t>
   </si>
   <si>
     <t>Q61 DM</t>
   </si>
   <si>
     <t>6116Q8</t>
   </si>
   <si>
     <t>Q61 DM ext.</t>
   </si>
   <si>
-    <t>4614Q8</t>
-[...76 lines deleted...]
-  <si>
     <t>6612Q8</t>
   </si>
   <si>
     <t>Q66 UM</t>
   </si>
   <si>
     <t>6614Q8</t>
   </si>
   <si>
     <t>Q66 DM</t>
   </si>
   <si>
     <t>6616Q8</t>
   </si>
   <si>
     <t>Q66 DM ext.</t>
   </si>
   <si>
     <t>6814Q8</t>
   </si>
   <si>
     <t>Q68 DM</t>
   </si>
   <si>
     <t>6816Q8</t>
@@ -330,207 +330,207 @@
   <si>
     <t>Q76 DM ext.</t>
   </si>
   <si>
     <t>7814Q8</t>
   </si>
   <si>
     <t>Q78 DM</t>
   </si>
   <si>
     <t>7816Q8</t>
   </si>
   <si>
     <t>Q78 DM Ext.</t>
   </si>
   <si>
     <t>7854Q8</t>
   </si>
   <si>
     <t>2014Q8</t>
   </si>
   <si>
     <t>Q20 DM</t>
   </si>
   <si>
+    <t>3014Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM</t>
+  </si>
+  <si>
+    <t>3016Q8</t>
+  </si>
+  <si>
+    <t>Q30 DM ext.</t>
+  </si>
+  <si>
+    <t>3514Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM</t>
+  </si>
+  <si>
+    <t>3516Q8</t>
+  </si>
+  <si>
+    <t>Q35 DM ext.</t>
+  </si>
+  <si>
+    <t>3564Q8</t>
+  </si>
+  <si>
+    <t>4014Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM</t>
+  </si>
+  <si>
+    <t>4016Q8</t>
+  </si>
+  <si>
+    <t>Q40 DM ext.</t>
+  </si>
+  <si>
+    <t>4054Q8</t>
+  </si>
+  <si>
+    <t>6014Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM</t>
+  </si>
+  <si>
+    <t>6016Q8</t>
+  </si>
+  <si>
+    <t>Q60 DM ext.</t>
+  </si>
+  <si>
+    <t>6044Q8</t>
+  </si>
+  <si>
+    <t>6046Q8</t>
+  </si>
+  <si>
+    <t>5512Q8</t>
+  </si>
+  <si>
+    <t>Q55 UM</t>
+  </si>
+  <si>
+    <t>5514Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM</t>
+  </si>
+  <si>
+    <t>5516Q8</t>
+  </si>
+  <si>
+    <t>Q55 DM ext.</t>
+  </si>
+  <si>
+    <t>Q55 DM, DM ext</t>
+  </si>
+  <si>
+    <t>5544Q, 5546Q</t>
+  </si>
+  <si>
+    <t>5554Q8</t>
+  </si>
+  <si>
+    <t>5564Q8</t>
+  </si>
+  <si>
+    <t>6512Q8</t>
+  </si>
+  <si>
+    <t>Q65 UM</t>
+  </si>
+  <si>
+    <t>6514Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM</t>
+  </si>
+  <si>
+    <t>6516Q8</t>
+  </si>
+  <si>
+    <t>Q65 DM ext.</t>
+  </si>
+  <si>
+    <t>6534Q8</t>
+  </si>
+  <si>
+    <t>6544Q8</t>
+  </si>
+  <si>
+    <t>6546Q8</t>
+  </si>
+  <si>
+    <t>6564Q8</t>
+  </si>
+  <si>
     <t>2514Q8</t>
   </si>
   <si>
     <t>Q25 DM</t>
   </si>
   <si>
-    <t>3014Q8</t>
-[...38 lines deleted...]
-    <t>4054Q8</t>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
   </si>
   <si>
     <t>5014Q8</t>
   </si>
   <si>
     <t>Q50 DM</t>
   </si>
   <si>
     <t>5016Q8</t>
   </si>
   <si>
     <t>Q50 DM ext.</t>
   </si>
   <si>
     <t>5054Q8</t>
-  </si>
-[...94 lines deleted...]
-    <t>6564Q8</t>
   </si>
   <si>
     <t>7512Q8</t>
   </si>
   <si>
     <t>Q75 UM</t>
   </si>
   <si>
     <t>7514Q8</t>
   </si>
   <si>
     <t>Q75 DM</t>
   </si>
   <si>
     <t>7516Q8</t>
   </si>
   <si>
     <t>Q75 DM ext.</t>
   </si>
   <si>
     <t>7524Q8</t>
   </si>
   <si>
     <t>2114T8</t>
   </si>
@@ -1240,238 +1240,238 @@
         <v>48</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>20</v>
@@ -1636,359 +1636,359 @@
         <v>112</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B76" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B89" s="0" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>20</v>
@@ -3055,238 +3055,238 @@
         <v>48</v>
       </c>
       <c r="B189" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B190" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B193" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B194" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B195" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B199" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B200" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B201" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="B203" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B204" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="B208" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B209" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B210" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>20</v>
@@ -3451,359 +3451,359 @@
         <v>112</v>
       </c>
       <c r="B225" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B226" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B228" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B229" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B231" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B232" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="C233" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C234" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B235" s="0" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B236" s="0" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B237" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B241" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B249" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B250" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B254" s="0" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="C254" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C255" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B256" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B257" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>20</v>