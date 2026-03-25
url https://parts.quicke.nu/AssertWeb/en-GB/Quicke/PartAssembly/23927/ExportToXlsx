--- v0 (2025-12-25)
+++ v1 (2026-03-25)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Part" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="161">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Market information</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
     <t>Specification</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
@@ -160,53 +160,50 @@
     <t>.003</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>5021082</t>
   </si>
   <si>
     <t>Boot</t>
   </si>
   <si>
     <t>0.200</t>
   </si>
   <si>
     <t>1 switch</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>5024366</t>
   </si>
   <si>
     <t>Original parts from Alo with the best fit and high quality, extends the life of your front loader. Make it easy with the right part for Quicke or Trima loader</t>
-  </si>
-[...1 lines deleted...]
-    <t>0.005</t>
   </si>
   <si>
     <t>A 294814</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>5024365</t>
   </si>
   <si>
     <t>Switch</t>
   </si>
   <si>
     <t>0.015</t>
   </si>
   <si>
     <t>A 294813</t>
   </si>
   <si>
     <t>313497</t>
   </si>
   <si>
     <t>Electric mounting kit</t>
   </si>
@@ -786,562 +783,562 @@
       </c>
       <c r="F12" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F13" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="G13" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="B14" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="G14" s="0" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="D15" s="0" t="s">
+      <c r="F15" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B16" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="F16" s="0" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="G17" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="B18" s="0" t="s">
+      <c r="C18" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="F18" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="F18" s="0" t="s">
+      <c r="G18" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="D19" s="0" t="s">
+      <c r="F19" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="F19" s="0" t="s">
+      <c r="G19" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="B20" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="F20" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="F20" s="0" t="s">
+      <c r="G20" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="F21" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="G21" s="0" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="F22" s="0" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="F23" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="F24" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="G24" s="0" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="B25" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="D25" s="0" t="s">
+      <c r="F25" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="F25" s="0" t="s">
+      <c r="G25" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F26" s="0" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="F27" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="F28" s="0" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C29" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="F29" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="F29" s="0" t="s">
+      <c r="G29" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="F30" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B31" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="F31" s="0" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="B33" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C34" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C35" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="D35" s="0" t="s">
+      <c r="F35" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="G35" s="0" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C37" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="F37" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="D37" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F37" s="0" t="s">
+      <c r="G37" s="0" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C38" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="F38" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="D38" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="0" t="s">
+      <c r="G38" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B39" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="D39" s="0" t="s">
+      <c r="F39" s="0" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C40" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="G40" s="0" t="s">
         <v>158</v>
-      </c>
-[...7 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>