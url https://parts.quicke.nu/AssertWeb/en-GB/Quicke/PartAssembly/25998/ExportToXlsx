--- v0 (2025-10-21)
+++ v1 (2026-02-14)
@@ -120,60 +120,60 @@
   <si>
     <t>Replaces 5101068</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>10570138</t>
   </si>
   <si>
     <t>Cover</t>
   </si>
   <si>
     <t>0.080</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>5101096</t>
   </si>
   <si>
     <t>Cap</t>
   </si>
   <si>
+    <t>0.050</t>
+  </si>
+  <si>
     <t>7</t>
   </si>
   <si>
     <t>5028088</t>
   </si>
   <si>
     <t>Adapter cpl.</t>
-  </si>
-[...1 lines deleted...]
-    <t>0.050</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>10570092</t>
   </si>
   <si>
     <t>Solenoid</t>
   </si>
   <si>
     <t>0.185</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10570187</t>
   </si>
   <si>
     <t>Cap RH</t>
   </si>
   <si>
     <t>0.319</t>
   </si>
@@ -588,68 +588,68 @@
       </c>
       <c r="C7" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>37</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" s="0" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>13</v>
@@ -804,82 +804,82 @@
       </c>
       <c r="C19" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>80</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>76</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>85</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>92</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>89</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>93</v>
       </c>
     </row>
@@ -892,51 +892,51 @@
       </c>
       <c r="C24" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>96</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>102</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>26</v>