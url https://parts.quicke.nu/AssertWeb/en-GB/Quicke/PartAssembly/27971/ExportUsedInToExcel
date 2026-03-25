--- v0 (2025-12-24)
+++ v1 (2026-03-25)
@@ -144,156 +144,156 @@
   <si>
     <t>4016Q8</t>
   </si>
   <si>
     <t>Q40 DM ext.</t>
   </si>
   <si>
     <t>4054Q8</t>
   </si>
   <si>
     <t>4614Q8</t>
   </si>
   <si>
     <t>Q46 DM</t>
   </si>
   <si>
     <t>4616Q8</t>
   </si>
   <si>
     <t>Q46 DM ext.</t>
   </si>
   <si>
     <t>4654Q8</t>
   </si>
   <si>
+    <t>2514Q8</t>
+  </si>
+  <si>
+    <t>Q25 DM</t>
+  </si>
+  <si>
+    <t>4514Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM</t>
+  </si>
+  <si>
+    <t>4516Q8</t>
+  </si>
+  <si>
+    <t>Q45 DM ext.</t>
+  </si>
+  <si>
+    <t>4554Q8</t>
+  </si>
+  <si>
+    <t>4564Q8</t>
+  </si>
+  <si>
+    <t>101149</t>
+  </si>
+  <si>
+    <t>Q4L DM</t>
+  </si>
+  <si>
+    <t>101148</t>
+  </si>
+  <si>
+    <t>Q4M DM</t>
+  </si>
+  <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
+    <t>101146</t>
+  </si>
+  <si>
+    <t>Q4S DM</t>
+  </si>
+  <si>
+    <t>501741</t>
+  </si>
+  <si>
+    <t>N4 DM</t>
+  </si>
+  <si>
     <t>501146</t>
   </si>
   <si>
     <t>N4S DM</t>
   </si>
   <si>
+    <t>501751</t>
+  </si>
+  <si>
+    <t>N5 DM</t>
+  </si>
+  <si>
     <t>501156</t>
   </si>
   <si>
     <t>N5S DM</t>
   </si>
   <si>
     <t>501158</t>
   </si>
   <si>
     <t>N5M DM</t>
   </si>
   <si>
-    <t>501741</t>
-[...10 lines deleted...]
-  <si>
     <t>501761</t>
   </si>
   <si>
     <t>N6 DM</t>
-  </si>
-[...70 lines deleted...]
-    <t>4564Q8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -611,216 +611,216 @@
         <v>48</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>5</v>
@@ -1073,210 +1073,210 @@
         <v>48</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86">
       <c r="C86" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87">
       <c r="C87" s="0" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>