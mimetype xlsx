--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -311,197 +311,197 @@
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30">
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
@@ -689,197 +689,197 @@
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="72">
       <c r="C72" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="C73" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="C74" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75">
       <c r="C75" s="0" t="s">
         <v>5</v>
       </c>
     </row>