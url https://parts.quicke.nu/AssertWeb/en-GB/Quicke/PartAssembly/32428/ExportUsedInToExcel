--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -311,197 +311,197 @@
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="30">
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>