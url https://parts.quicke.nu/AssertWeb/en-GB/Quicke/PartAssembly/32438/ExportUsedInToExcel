--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -255,153 +255,153 @@
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22">
       <c r="C22" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="C23" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="C24" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="C25" s="0" t="s">
         <v>5</v>
       </c>
     </row>