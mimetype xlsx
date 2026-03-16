--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -30,60 +30,60 @@
   <si>
     <t>Product No</t>
   </si>
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>Path</t>
   </si>
   <si>
     <t>101761</t>
   </si>
   <si>
     <t>Q6 DM</t>
   </si>
   <si>
     <t xml:space="preserve">/ </t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
     <t>101741</t>
   </si>
   <si>
     <t>Q4 DM</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q3 DM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>