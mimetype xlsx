--- v0 (2025-11-08)
+++ v1 (2026-01-10)
@@ -48,51 +48,51 @@
   <si>
     <t>1</t>
   </si>
   <si>
     <t>11255241</t>
   </si>
   <si>
     <t>Attachment kit JLG Deutz</t>
   </si>
   <si>
     <t>60033824</t>
   </si>
   <si>
     <t>BoH rails</t>
   </si>
   <si>
     <t>47.2</t>
   </si>
   <si>
     <t>60043593</t>
   </si>
   <si>
     <t>Screw kit</t>
   </si>
   <si>
-    <t>4.7</t>
+    <t>4.700</t>
   </si>
   <si>
     <t>Q</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>60043157</t>
   </si>
   <si>
     <t>Clamp</t>
   </si>
   <si>
     <t>.2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5050583</t>
   </si>