--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -96,84 +96,84 @@
   <si>
     <t>101156</t>
   </si>
   <si>
     <t>Q5S DM</t>
   </si>
   <si>
     <t>101751</t>
   </si>
   <si>
     <t>Q5 DM</t>
   </si>
   <si>
     <t>101149</t>
   </si>
   <si>
     <t>Q4L DM</t>
   </si>
   <si>
     <t>101148</t>
   </si>
   <si>
     <t>Q4M DM</t>
   </si>
   <si>
+    <t>101733</t>
+  </si>
+  <si>
+    <t>Q3 DM</t>
+  </si>
+  <si>
+    <t>101136</t>
+  </si>
+  <si>
+    <t>Q3S DM</t>
+  </si>
+  <si>
+    <t>101138</t>
+  </si>
+  <si>
+    <t>Q3M DM</t>
+  </si>
+  <si>
+    <t>101139</t>
+  </si>
+  <si>
+    <t>Q3L DM</t>
+  </si>
+  <si>
+    <t>101741</t>
+  </si>
+  <si>
+    <t>Q4 DM</t>
+  </si>
+  <si>
     <t>101146</t>
   </si>
   <si>
     <t>Q4S DM</t>
-  </si>
-[...28 lines deleted...]
-    <t>Q3 DM</t>
   </si>
   <si>
     <t>110178</t>
   </si>
   <si>
     <t>110176</t>
   </si>
   <si>
     <t>110169</t>
   </si>
   <si>
     <t>110168</t>
   </si>
   <si>
     <t>110166</t>
   </si>
   <si>
     <t>110159</t>
   </si>
   <si>
     <t>110158</t>
   </si>
   <si>
     <t>110156</t>
   </si>
@@ -566,84 +566,84 @@
         <v>50</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>3</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>