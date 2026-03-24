--- v0 (2025-12-24)
+++ v1 (2026-03-24)
@@ -39,51 +39,51 @@
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Market information</t>
   </si>
   <si>
     <t>Net Weight</t>
   </si>
   <si>
     <t>Specification</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>1 PCS</t>
   </si>
   <si>
     <t>246752</t>
   </si>
   <si>
     <t>Frame</t>
   </si>
   <si>
-    <t>0</t>
+    <t>0.000</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>246659</t>
   </si>
   <si>
     <t>Locking Handle</t>
   </si>
   <si>
     <t>1.140</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5022144</t>
   </si>
   <si>
     <t>Cover</t>
   </si>
   <si>
     <t>0.028</t>
   </si>